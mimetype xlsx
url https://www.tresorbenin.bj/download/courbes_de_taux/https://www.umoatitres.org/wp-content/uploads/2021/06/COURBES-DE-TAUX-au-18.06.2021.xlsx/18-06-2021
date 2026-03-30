--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/398467c34df2d70d8acf79d2e24328a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2684ed3dc29a5b326463f9cc49934011.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30214c1ceaf7e837d8ce27a4a3dc07da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc3151fd9abe21edea849a086f0be913.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/398467c34df2d70d8acf79d2e24328a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/467b46288fcaa10b29c80fad24bbe5ce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30214c1ceaf7e837d8ce27a4a3dc07da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72f7837626c4e46c39c52192d31c06a5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/398467c34df2d70d8acf79d2e24328a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1011cc7ecaf70af625eb9b4bb704e05c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30214c1ceaf7e837d8ce27a4a3dc07da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116a3f4737fd6915376102913843a104.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/398467c34df2d70d8acf79d2e24328a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a6fb51702ee0a467ddca8c5ec8da6b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30214c1ceaf7e837d8ce27a4a3dc07da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc011d048133c80208ff8b3ae8631d87.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/398467c34df2d70d8acf79d2e24328a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9af1ce2e0e256a2d74479d9a96fc6951.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30214c1ceaf7e837d8ce27a4a3dc07da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d8c32742ca838c44905b5c2c4970a03.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/398467c34df2d70d8acf79d2e24328a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07aedc07f5e606c1d0e2c79053487eda.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30214c1ceaf7e837d8ce27a4a3dc07da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efb4064c037135c085fe160cc0bf3145.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/398467c34df2d70d8acf79d2e24328a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bffb19d3a84814a2dc034a6dc45dfbc3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30214c1ceaf7e837d8ce27a4a3dc07da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a582bda2e4fe5ec3d2a73f4308dff313.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/398467c34df2d70d8acf79d2e24328a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6eabce069939f320d308a74b044541.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30214c1ceaf7e837d8ce27a4a3dc07da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aff467a606c42d11bb9340d765a951b3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>