--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -489,79 +489,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ac00b97877d810983cc37d26b23558.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91db6efdf7285ad1468ee6e4d0d318cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2a42a6ebda7bb122292957b841f43cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6447d7157b4930eeff0e33f3a80b031.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ac00b97877d810983cc37d26b23558.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa50f713ec90ceb39dcce9cd8153474c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2a42a6ebda7bb122292957b841f43cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9907c555554cea4200504e6ea2017b56.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ac00b97877d810983cc37d26b23558.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d562bfc240923fd056ec3fbfa9b5a74d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2a42a6ebda7bb122292957b841f43cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1feebf13e2afecd5a11d350313ddddf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ac00b97877d810983cc37d26b23558.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffebe417d5e8d3dcabbce7ac43fbbdbb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2a42a6ebda7bb122292957b841f43cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc575b42166065f22c643294feff2351.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ac00b97877d810983cc37d26b23558.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9421532cd82252ddd8272f511b1a6a31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2a42a6ebda7bb122292957b841f43cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfe8976454694b947c5d5137c25da089.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ac00b97877d810983cc37d26b23558.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084f7a9833ab3e9f04541e1daf0eeea7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2a42a6ebda7bb122292957b841f43cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19919a53b060b2d0a827859bec784b34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ac00b97877d810983cc37d26b23558.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa3eaf8b3e0ff35c9d4f6f6c689b12a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2a42a6ebda7bb122292957b841f43cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/188989d0883e0458a27dd1c6dcec1661.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ac00b97877d810983cc37d26b23558.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/764a3e090bcd3db864d551cca19ce94a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2a42a6ebda7bb122292957b841f43cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e6b5ef7ee87ffc9ef08ad3dc7d3136.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>