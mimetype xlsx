--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b00337b866a377cc53c9ef565ef71c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9df89889cee694d9d8035a7b98a6f98.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc7eb756a54e0e7d5fb504440caab8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c53426bee0cad7b76cffaceb271b41.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b00337b866a377cc53c9ef565ef71c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d55ecba28946fe879696e6ecdbba1a28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc7eb756a54e0e7d5fb504440caab8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ba512865da342b89268d9c56cde0a90.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b00337b866a377cc53c9ef565ef71c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85f32a6aee5ff88d03bfeb62b8b5a120.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc7eb756a54e0e7d5fb504440caab8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85100c86329bb368a4fe36778b90bd3e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b00337b866a377cc53c9ef565ef71c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec7d2c992c9ee8184040125beb56e117.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc7eb756a54e0e7d5fb504440caab8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff782421f53c94622e5645298bfa9d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b00337b866a377cc53c9ef565ef71c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f085629feb23684411c6d2807c17560.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc7eb756a54e0e7d5fb504440caab8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f6ec34e1529879f3720594a30e35e26.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b00337b866a377cc53c9ef565ef71c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afbbe801763e66a37419996d01072673.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc7eb756a54e0e7d5fb504440caab8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cca558f9f26199400a4a8c77fa2d57fd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b00337b866a377cc53c9ef565ef71c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dfbfa9b8b3ccff2023ba32446bdee66.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc7eb756a54e0e7d5fb504440caab8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97345ec6625117ecbc340e4ae3536b70.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b00337b866a377cc53c9ef565ef71c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d75e83828ae511ddac1706dab881eff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc7eb756a54e0e7d5fb504440caab8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/972ddbd5b0d94bd20b635ef8abd60f9b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>