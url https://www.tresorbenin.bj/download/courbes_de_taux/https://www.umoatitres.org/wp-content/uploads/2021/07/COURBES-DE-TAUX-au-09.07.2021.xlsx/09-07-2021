--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc7eb756a54e0e7d5fb504440caab8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c53426bee0cad7b76cffaceb271b41.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a85b78f9fa9cf7f6c1a709430e1325.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee5185be0aba89a5e71c4b18b0c1e8a0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc7eb756a54e0e7d5fb504440caab8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ba512865da342b89268d9c56cde0a90.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a85b78f9fa9cf7f6c1a709430e1325.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92fd617978038a215f1c9cf4e2402b63.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc7eb756a54e0e7d5fb504440caab8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85100c86329bb368a4fe36778b90bd3e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a85b78f9fa9cf7f6c1a709430e1325.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6231c665134ef3d8600f28fbdeeaa860.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc7eb756a54e0e7d5fb504440caab8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff782421f53c94622e5645298bfa9d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a85b78f9fa9cf7f6c1a709430e1325.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5cb1fad2dd5e2b2121a07d30bb7fc76.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc7eb756a54e0e7d5fb504440caab8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f6ec34e1529879f3720594a30e35e26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a85b78f9fa9cf7f6c1a709430e1325.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95a942f547bfd03c39624b79ed4da2b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc7eb756a54e0e7d5fb504440caab8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cca558f9f26199400a4a8c77fa2d57fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a85b78f9fa9cf7f6c1a709430e1325.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d5c58b57da2bd0d71faf4be8f17f370.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc7eb756a54e0e7d5fb504440caab8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97345ec6625117ecbc340e4ae3536b70.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a85b78f9fa9cf7f6c1a709430e1325.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9fd1de9f7055719efe2aa8f2ad98a99.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc7eb756a54e0e7d5fb504440caab8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/972ddbd5b0d94bd20b635ef8abd60f9b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a85b78f9fa9cf7f6c1a709430e1325.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a73812d35b08383499e42c3e87d290.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>