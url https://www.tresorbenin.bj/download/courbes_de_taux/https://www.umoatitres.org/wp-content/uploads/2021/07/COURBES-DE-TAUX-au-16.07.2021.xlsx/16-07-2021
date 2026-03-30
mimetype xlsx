--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc2f8be917e0daee248537070354c4e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db2d4b44cc8287c7b0e20c24b415c66f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd993f49532112aea1683df05bee871c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2ad966a724f10cf09502990d7865ee1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc2f8be917e0daee248537070354c4e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5f0af9584a42ea72a045fb8e902b704.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd993f49532112aea1683df05bee871c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b92be2d7dd61bdc364d0fb462d6c4f0b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc2f8be917e0daee248537070354c4e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6734a5a3f07f84a7527df42659cb301.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd993f49532112aea1683df05bee871c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c189da7e8d5bdbc4ce20fda7f63853fe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc2f8be917e0daee248537070354c4e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b229a510ad9e00c5c8f606dea1777f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd993f49532112aea1683df05bee871c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ee394f8ab4b851816eb7cace44f17ee.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc2f8be917e0daee248537070354c4e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e34f3e6cb03593c3484150a1488dfa90.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd993f49532112aea1683df05bee871c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4ee0b1361d1f0ce063a5215d28d13e0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc2f8be917e0daee248537070354c4e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d02aa84108eae13c0df1ee74617c94a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd993f49532112aea1683df05bee871c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481a3117e29b3c633b8bb11ba4a6e586.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc2f8be917e0daee248537070354c4e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ed3960ab5c7741e48ed89d358ed886e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd993f49532112aea1683df05bee871c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26adcf8a591bbbba7f4218b5a33aabcf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc2f8be917e0daee248537070354c4e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8fe2e04ecce22b84dabe7dfbab3acb4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd993f49532112aea1683df05bee871c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a90e872f7018ef00486e1650310426a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>