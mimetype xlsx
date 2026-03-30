--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/298b37bbb3496319da3f52e91e071813.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7fae52dac1254599e5dd8ea56f28d9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85cd0d0f5d6eed9946b00bba9548129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8703b5fd9501f84b92a71702dc83c4c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/298b37bbb3496319da3f52e91e071813.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d52d0f4e9cac9f744bcfe4cad459372.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85cd0d0f5d6eed9946b00bba9548129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/388069b3c73afd59fe10ac1004062dcb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/298b37bbb3496319da3f52e91e071813.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1002e049cc8d9e23451f3f7f6a7e5ac2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85cd0d0f5d6eed9946b00bba9548129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78bb159d74d36e27892d831093df88e8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/298b37bbb3496319da3f52e91e071813.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31ec794374b8e9c1ff8f656be160513a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85cd0d0f5d6eed9946b00bba9548129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c066deef2a3b8056c2f86bc88ed4717.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/298b37bbb3496319da3f52e91e071813.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c015b7fe3986e3d1e342f18bd4e96503.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85cd0d0f5d6eed9946b00bba9548129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b819850edb2c98930d0c23230e6b87c6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/298b37bbb3496319da3f52e91e071813.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc9c52d1add63de2d616eead53432224.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85cd0d0f5d6eed9946b00bba9548129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b179a367f7becead57e2d19c773eef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/298b37bbb3496319da3f52e91e071813.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cffbcb83f14c8b9cda260ee28db36f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85cd0d0f5d6eed9946b00bba9548129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdd46c1a9bf1c33a9539ca13a58199ef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/298b37bbb3496319da3f52e91e071813.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc849555b4fef5a32607fedc72370f86.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85cd0d0f5d6eed9946b00bba9548129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f558a8537192eebba8390f3dbfd2a7a5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>