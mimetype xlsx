--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85cd0d0f5d6eed9946b00bba9548129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8703b5fd9501f84b92a71702dc83c4c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2414939822e4f7b8a1e76ed0e56de63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40f533157c2043bb325ce652ef388279.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85cd0d0f5d6eed9946b00bba9548129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/388069b3c73afd59fe10ac1004062dcb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2414939822e4f7b8a1e76ed0e56de63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dc6e107abc1828b44e28a6ee6ea072e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85cd0d0f5d6eed9946b00bba9548129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78bb159d74d36e27892d831093df88e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2414939822e4f7b8a1e76ed0e56de63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6896bd54257eec3f13e3a5abb4cdbe1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85cd0d0f5d6eed9946b00bba9548129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c066deef2a3b8056c2f86bc88ed4717.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2414939822e4f7b8a1e76ed0e56de63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7854a862e67c51385f36de55031e02b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85cd0d0f5d6eed9946b00bba9548129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b819850edb2c98930d0c23230e6b87c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2414939822e4f7b8a1e76ed0e56de63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55374ecf363adea131207c018fc981c3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85cd0d0f5d6eed9946b00bba9548129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b179a367f7becead57e2d19c773eef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2414939822e4f7b8a1e76ed0e56de63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5f492b67ac56051502a138867927b55.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85cd0d0f5d6eed9946b00bba9548129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdd46c1a9bf1c33a9539ca13a58199ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2414939822e4f7b8a1e76ed0e56de63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddea024f5e517c46ad258afbceb6f5b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85cd0d0f5d6eed9946b00bba9548129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f558a8537192eebba8390f3dbfd2a7a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2414939822e4f7b8a1e76ed0e56de63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e88e3ba9484c3b2882bf47019888d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>