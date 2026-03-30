--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de883310d787d11e5fd632a461dc6df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40b9bad8c46d8bf7e9f50038af43621c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/048884f7df749c5e59e95ba25f965d5e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89153bcf7724baef4bc9c2d9e662b505.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de883310d787d11e5fd632a461dc6df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8123d2416a7679320d27783e9520f308.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/048884f7df749c5e59e95ba25f965d5e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da8405e60e62fd7ae6e5b5596c936dd5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de883310d787d11e5fd632a461dc6df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c8fea13a70977a44630ae8a2965a33e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/048884f7df749c5e59e95ba25f965d5e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fffed56994c5a16fc1213b4d6562dc6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de883310d787d11e5fd632a461dc6df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8ab4ab6ce27ef2113ccdd52dd15feaa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/048884f7df749c5e59e95ba25f965d5e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd1a0cc22fdbd7284c127f0856b1bb05.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de883310d787d11e5fd632a461dc6df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20909d551c26c5e34b791bdcdcfc4b0d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/048884f7df749c5e59e95ba25f965d5e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4a3b55c1a5e890dbcc75b5e10afc28f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de883310d787d11e5fd632a461dc6df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bec303b5d61b3ff33614c6ee2c547860.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/048884f7df749c5e59e95ba25f965d5e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e4f0f5003a04b15f25b05b84722b2d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de883310d787d11e5fd632a461dc6df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d21d8d221a40d0a841768d58d1f0cd8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/048884f7df749c5e59e95ba25f965d5e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7182f5e5d5ff5f68db414b1d2807a17.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de883310d787d11e5fd632a461dc6df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6f613c1cbd4dc0edd4fa14e0db755f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/048884f7df749c5e59e95ba25f965d5e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8122e6bc5dfda80e2fcacf420836f09.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>