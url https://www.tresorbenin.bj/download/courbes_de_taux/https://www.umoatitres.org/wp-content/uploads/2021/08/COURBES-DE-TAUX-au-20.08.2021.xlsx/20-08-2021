--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc9fd56d967559baa60b0b6cbd9fe2f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bc68921218caed3394d4dfa2650d75b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303aa2e73242671a01ea3d67c69df070.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dc99b3f72ea2320e94ae60ff8c32542.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc9fd56d967559baa60b0b6cbd9fe2f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca1f21abb6dd84b5bb2bb66cb6030a50.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303aa2e73242671a01ea3d67c69df070.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d32712de3fb9027f7aee9d08c2533a61.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc9fd56d967559baa60b0b6cbd9fe2f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843900a64ef182c4c028a361472d6b09.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303aa2e73242671a01ea3d67c69df070.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08412770bd37a796d7a7d7fdaba01963.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc9fd56d967559baa60b0b6cbd9fe2f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55fec78486c9980baffe3184fa9e303b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303aa2e73242671a01ea3d67c69df070.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8523a62f285b8778f9fb0b3c0b2a412e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc9fd56d967559baa60b0b6cbd9fe2f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed293de50b24b65e4cc5dd2d2af03050.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303aa2e73242671a01ea3d67c69df070.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e94f6c17ef78685b967b72b01dc176b7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc9fd56d967559baa60b0b6cbd9fe2f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/489793e6b4a1a06a897bc5812d3040b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303aa2e73242671a01ea3d67c69df070.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0402a1c43db269dd63b7e6e33c812997.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc9fd56d967559baa60b0b6cbd9fe2f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/758f1987b03bdda30a7711784841ecc3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303aa2e73242671a01ea3d67c69df070.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31d3d6d35a1669b5f20725dd0b8e4d4a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc9fd56d967559baa60b0b6cbd9fe2f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/767c6a76ce3f2ad357d38ecef6359740.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303aa2e73242671a01ea3d67c69df070.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3134d890715894346d5f016c16d9d42.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>