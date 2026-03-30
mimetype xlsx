--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dffdbd5e4153ae2436bc9bf81d3272b0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d6befec1ab591b08c97dd9c7fcc339c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018fea6fe1343332ce45938ccad5c6e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05a2dda9abd68d3cba6596626711b9ca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dffdbd5e4153ae2436bc9bf81d3272b0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eeae0e601bade99ded984b914570284.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018fea6fe1343332ce45938ccad5c6e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0221347d300f1984e2b77bcccae6d404.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dffdbd5e4153ae2436bc9bf81d3272b0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eeae0e601bade99ded984b914570284.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018fea6fe1343332ce45938ccad5c6e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0221347d300f1984e2b77bcccae6d404.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dffdbd5e4153ae2436bc9bf81d3272b0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b686373f40e3b9b9fabd66f893f90f36.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018fea6fe1343332ce45938ccad5c6e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34dcdda3f528e7f93c4e64681d9050dd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dffdbd5e4153ae2436bc9bf81d3272b0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2758de105c28bc16365f5db2459acc72.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018fea6fe1343332ce45938ccad5c6e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/179de287014b8343b5898ce9a62a3681.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dffdbd5e4153ae2436bc9bf81d3272b0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9de577e83657c12f493f728c1caab2b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018fea6fe1343332ce45938ccad5c6e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f680986e3bb7b22eaac681e7e36ad45.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dffdbd5e4153ae2436bc9bf81d3272b0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a403ce62f3a706c0af3719cc00257aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018fea6fe1343332ce45938ccad5c6e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55f12361084f492396e6dc96c9505b23.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dffdbd5e4153ae2436bc9bf81d3272b0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ce10aed51c7011006811d55256e7744.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018fea6fe1343332ce45938ccad5c6e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14400614db69e79834fb3e8bcb19dd4c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>