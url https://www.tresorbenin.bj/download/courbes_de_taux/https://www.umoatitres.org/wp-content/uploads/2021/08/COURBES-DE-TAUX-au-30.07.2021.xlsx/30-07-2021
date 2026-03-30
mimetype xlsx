--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cb9b2a0999bc9de767691c624f89452.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85ffe5011dbdb90c83cd1b1a197ee312.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d7da8c033900f53986132411414c4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da175af570dc7c3743825d40e1cfe6ac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cb9b2a0999bc9de767691c624f89452.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb4df580bce8fd22d777f5e335b71d80.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d7da8c033900f53986132411414c4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f045b14ff00ed95af10afd0478dbf264.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cb9b2a0999bc9de767691c624f89452.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e51fe242eecab19c3a062ff95b9edf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d7da8c033900f53986132411414c4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eec3c5b35e8b7bbbd44de592d3b43e8c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cb9b2a0999bc9de767691c624f89452.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bb0a5cb43552cd38764960082c37e9d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d7da8c033900f53986132411414c4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4a6d92c22d5ec23c671bf0a96fffbf8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cb9b2a0999bc9de767691c624f89452.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e50d28b41d55076e65ef82a54046da5f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d7da8c033900f53986132411414c4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9463b01e46a6c02154e95cb13af01d41.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cb9b2a0999bc9de767691c624f89452.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c7f25ce75f45e74bfaba0e7dd96a192.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d7da8c033900f53986132411414c4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baedfb643419c482c68fb5754c4551df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cb9b2a0999bc9de767691c624f89452.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d6bc5e8c2e93a264a95d5074da33c43.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d7da8c033900f53986132411414c4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cb8772def5a403d4004623658b80bce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cb9b2a0999bc9de767691c624f89452.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ce84279dd3ff365aec3c14f33c3cbc7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d7da8c033900f53986132411414c4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06812a7b0e6b0811b4ca993d0c8cf9f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>