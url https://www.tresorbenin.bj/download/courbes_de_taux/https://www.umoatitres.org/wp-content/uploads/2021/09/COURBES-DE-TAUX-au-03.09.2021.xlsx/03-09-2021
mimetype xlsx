--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c2ce9acd31119b48e20adb728c78e1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0426f6cab4152b78607350a3061d99d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23fbcc3c9c3fc605c3dc5e06fb3d3fc8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/548b66ee21ab9ea94804e62422edce34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c2ce9acd31119b48e20adb728c78e1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5f61a4eff361ff9e6ce9bbadc144be1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23fbcc3c9c3fc605c3dc5e06fb3d3fc8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53051dd44b40651cb3116c517bc2ce5e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c2ce9acd31119b48e20adb728c78e1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/917c983ed3e9c8938cdf5c1d561be241.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23fbcc3c9c3fc605c3dc5e06fb3d3fc8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61fa7953e4cd7e1d729638e1de83ed50.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c2ce9acd31119b48e20adb728c78e1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a215985cddd4a427ac4297cc08c9b13b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23fbcc3c9c3fc605c3dc5e06fb3d3fc8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfaff8d055c3d0c0cfee97217ae0937e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c2ce9acd31119b48e20adb728c78e1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5b474e3b57482e1013c12127cd4f138.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23fbcc3c9c3fc605c3dc5e06fb3d3fc8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9cf5a89130c774506a7588a9a5664f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c2ce9acd31119b48e20adb728c78e1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99ada184bef650785e6c248ddc88c8d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23fbcc3c9c3fc605c3dc5e06fb3d3fc8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c521769c38cc8fe641c937c9bc718d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c2ce9acd31119b48e20adb728c78e1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc0bb1701508201265ddcb8f8652b0f3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23fbcc3c9c3fc605c3dc5e06fb3d3fc8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/744a36243ed08d835869a8f1fcfa9586.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c2ce9acd31119b48e20adb728c78e1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780292a44c5dd8403ce4d5fffd7e943e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23fbcc3c9c3fc605c3dc5e06fb3d3fc8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b3e9b80e2f59a1e19ca33ed34ff32c5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>