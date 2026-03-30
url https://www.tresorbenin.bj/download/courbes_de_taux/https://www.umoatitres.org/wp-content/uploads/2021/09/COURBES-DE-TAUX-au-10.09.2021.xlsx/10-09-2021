--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551ea9aa03feb3e55ab8eb6ad3858372.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/587802509374935db8783bf5c8249faa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81d70b6a4d9f6bb56e6066a6850b7a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa1bc54e06b07720b563cf76c7e65598.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551ea9aa03feb3e55ab8eb6ad3858372.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23fab2742ea94351b513c4c4e8e532e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81d70b6a4d9f6bb56e6066a6850b7a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c679d9782ec22a9e61fe9f10b8bb0f77.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551ea9aa03feb3e55ab8eb6ad3858372.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9bafb3c735e8b1e8cda3ea5409757b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81d70b6a4d9f6bb56e6066a6850b7a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b59f4dcf4bf9bc0e20877332ebb7fd5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551ea9aa03feb3e55ab8eb6ad3858372.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/222b11afb85443395e882252550e7528.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81d70b6a4d9f6bb56e6066a6850b7a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06070cbf6d0494140bbec1dcd60ae19c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551ea9aa03feb3e55ab8eb6ad3858372.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1408dc7c3cd21d9c9d5d4eb6c5d69284.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81d70b6a4d9f6bb56e6066a6850b7a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d4a8d1f0c1336f27b077a97f16c6162.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551ea9aa03feb3e55ab8eb6ad3858372.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a512fd9669c768c8b6708bb4d95f6a6b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81d70b6a4d9f6bb56e6066a6850b7a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0dbebbf924cec17e62d435e1504a3a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551ea9aa03feb3e55ab8eb6ad3858372.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dffe20e7b8ac7a1851654230eb5f32f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81d70b6a4d9f6bb56e6066a6850b7a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e99b516c6e802df123976e99e88919f9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551ea9aa03feb3e55ab8eb6ad3858372.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1ce27376ab120be71a2efeff9a9e15e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81d70b6a4d9f6bb56e6066a6850b7a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbd5904473a1d1785d2c6d3a6879be13.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>