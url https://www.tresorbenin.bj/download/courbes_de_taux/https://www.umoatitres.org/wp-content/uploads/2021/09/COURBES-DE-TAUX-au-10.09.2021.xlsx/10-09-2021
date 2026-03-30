--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81d70b6a4d9f6bb56e6066a6850b7a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa1bc54e06b07720b563cf76c7e65598.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13f80db28d53f0df13ec0bce54dc4e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3878fc57db4a0ed16faaf521599e690.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81d70b6a4d9f6bb56e6066a6850b7a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c679d9782ec22a9e61fe9f10b8bb0f77.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13f80db28d53f0df13ec0bce54dc4e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a86d5df32c48003df2a7b3b43d24ead.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81d70b6a4d9f6bb56e6066a6850b7a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b59f4dcf4bf9bc0e20877332ebb7fd5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13f80db28d53f0df13ec0bce54dc4e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87c3018ae7f8acb28bb6d7a767af21ce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81d70b6a4d9f6bb56e6066a6850b7a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06070cbf6d0494140bbec1dcd60ae19c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13f80db28d53f0df13ec0bce54dc4e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fec4375a4471f381d40c23c077795a8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81d70b6a4d9f6bb56e6066a6850b7a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d4a8d1f0c1336f27b077a97f16c6162.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13f80db28d53f0df13ec0bce54dc4e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7344a7889a21de1de390f86c1bcdd87.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81d70b6a4d9f6bb56e6066a6850b7a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0dbebbf924cec17e62d435e1504a3a4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13f80db28d53f0df13ec0bce54dc4e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbfafeb3d7f3365f48a1e21ea29bb630.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81d70b6a4d9f6bb56e6066a6850b7a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e99b516c6e802df123976e99e88919f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13f80db28d53f0df13ec0bce54dc4e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4c192e29f1f713dbe01dd80de01c1e7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81d70b6a4d9f6bb56e6066a6850b7a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbd5904473a1d1785d2c6d3a6879be13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13f80db28d53f0df13ec0bce54dc4e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad8b0158db4a1eab4bd690de37f22e1d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>