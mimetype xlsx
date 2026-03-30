--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8eefdf9bd768678d96a03a4c5b0e211.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85a24d429b91eedede38586595961dc2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d66d6fc914b6842eea61d4c997bee5c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17744293b3f125666cc57d2ed083d9a7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8eefdf9bd768678d96a03a4c5b0e211.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f53373ca048eaf6e704ab31730a3423.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d66d6fc914b6842eea61d4c997bee5c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e40e12b1cf1d6113b91277bffa108f67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8eefdf9bd768678d96a03a4c5b0e211.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b3c5e309a036dd614272e828ea552f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d66d6fc914b6842eea61d4c997bee5c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5eb30f7407feb64fde891a1865f1d95.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8eefdf9bd768678d96a03a4c5b0e211.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aad6b5001faf79f8ad66b554b157292.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d66d6fc914b6842eea61d4c997bee5c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d7366bd915014aaaf31a9d3654b7762.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8eefdf9bd768678d96a03a4c5b0e211.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e47228f118c78d26821693b161cc225f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d66d6fc914b6842eea61d4c997bee5c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b0769db3fe6acb7b6f475e3ecafe8f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8eefdf9bd768678d96a03a4c5b0e211.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cfc4247980fb4b64d334fb1c23a73b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d66d6fc914b6842eea61d4c997bee5c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f80984e87ef1945b28e0ce62da6c5983.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8eefdf9bd768678d96a03a4c5b0e211.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c49beac5dcbd96cd9aa7d82926a860b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d66d6fc914b6842eea61d4c997bee5c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c79af2a84d4a246d33ffd3e26507347f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8eefdf9bd768678d96a03a4c5b0e211.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6c3e8695d20de646bdb959251d589ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d66d6fc914b6842eea61d4c997bee5c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09a3c6c20506b94a65da780e15e896a3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>