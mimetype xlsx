--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e47f82bf9edb85dc8ab012782acdcf8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85a6f38cf643c92b042bb5ff196f09fb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96245097079a506dbb40fec8d8c50d67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c76ea253eabe3931e65a2a3fedf5790f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e47f82bf9edb85dc8ab012782acdcf8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2318211bc07cfafb5624897451f6ad44.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96245097079a506dbb40fec8d8c50d67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa4f95d23c459b65a0016b1f9eb34ae8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e47f82bf9edb85dc8ab012782acdcf8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890be5946031d2c106074e2efb010e67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96245097079a506dbb40fec8d8c50d67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67dfd675bdaed18f170e3f41e7010c8d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e47f82bf9edb85dc8ab012782acdcf8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12a428eb3c5d936211d60588b8df76df.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96245097079a506dbb40fec8d8c50d67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ad530ea8998d3688884b0c64e9c6882.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e47f82bf9edb85dc8ab012782acdcf8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/979a5b83a528a72c21f7d74c1beea168.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96245097079a506dbb40fec8d8c50d67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f81ee027f278d179d71d9e41ad2a70.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e47f82bf9edb85dc8ab012782acdcf8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c9d9062b2fd2ccb4345bf7af15efda5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96245097079a506dbb40fec8d8c50d67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9b35e519c7937f8b7c425e4a418a747.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e47f82bf9edb85dc8ab012782acdcf8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aafe2417ee64744eee0f0baaad46b9c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96245097079a506dbb40fec8d8c50d67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e53d0ea6d739ac91aa5a4c559956942.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e47f82bf9edb85dc8ab012782acdcf8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/296c007594749758a0f9dec7abec3ffd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96245097079a506dbb40fec8d8c50d67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b2a4148e10c66018622d32feb05a3ab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>