--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4dbd725b14d5e7cefb296d7f388c1c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/807b3786c377b3f864d39bce9105d875.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b577e1d0642c502c74bbf1faf5d0e106.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9faa6830c7cd8a99ed7507abad4b59ea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4dbd725b14d5e7cefb296d7f388c1c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8563c963bfe180d537b4cd78f9dfa16c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b577e1d0642c502c74bbf1faf5d0e106.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c7f693aca4300b917ac67ea233184be.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4dbd725b14d5e7cefb296d7f388c1c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ac53f42a6bd91060710cb772de8d63.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b577e1d0642c502c74bbf1faf5d0e106.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dc40f7737938ae5b61b4ca555ec885f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4dbd725b14d5e7cefb296d7f388c1c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cee194749f06a61cbbcd74cb0e29293.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b577e1d0642c502c74bbf1faf5d0e106.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5247450cad009edff53e68d0b3b043b5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4dbd725b14d5e7cefb296d7f388c1c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dd7d6ec2d301ec8b463f9489389a389.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b577e1d0642c502c74bbf1faf5d0e106.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f24c8f339017db95c926ab358f926f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4dbd725b14d5e7cefb296d7f388c1c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3c7d79b659309cdb75057cd2f3aa487.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b577e1d0642c502c74bbf1faf5d0e106.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b684ed179f4719810805794ceac3b947.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4dbd725b14d5e7cefb296d7f388c1c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67552c9ef6106bafb5b9ded4300edf2c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b577e1d0642c502c74bbf1faf5d0e106.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d297782708bd2ee506c1f3918dbdf779.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4dbd725b14d5e7cefb296d7f388c1c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5c0ffbf08da57d4d63139c62e5dda28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b577e1d0642c502c74bbf1faf5d0e106.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85274d8dc9e53831939ed3cce3dd84f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>