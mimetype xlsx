--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8316ab46905dffaeccb60906eb207822.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdcb598f0e1dfc411cc7d21b8745141d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a34039fbc979232864bed8d649738c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154803e9be5f812a1d6642cce35252fe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8316ab46905dffaeccb60906eb207822.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d887535a5610f1303fe9786d9e9cccb8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a34039fbc979232864bed8d649738c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/650f258df39284c3d355d0973ab0dc03.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8316ab46905dffaeccb60906eb207822.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d3b0e5ee11e87d8460952b52e54f20a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a34039fbc979232864bed8d649738c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8b1917169d0366179e5227233127b4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8316ab46905dffaeccb60906eb207822.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cb091b1751c641eef4c9f372c07fb63.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a34039fbc979232864bed8d649738c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/694fc157debd0ae40133147731e71e0a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8316ab46905dffaeccb60906eb207822.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eb24b9b53bba957a2f60862e91d7141.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a34039fbc979232864bed8d649738c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef5060c6131c7117ce75a50366709789.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8316ab46905dffaeccb60906eb207822.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b330b576bb3c7c23dbb9dd35faea63.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a34039fbc979232864bed8d649738c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ba2fbc1db2760f30711bfb1c9265ee.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8316ab46905dffaeccb60906eb207822.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c06b74445f1e4192c12b36eb6c332694.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a34039fbc979232864bed8d649738c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e34f0192de74a4437dd70262e0fe89a1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8316ab46905dffaeccb60906eb207822.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb5d9995e9149a76371b85f639ff20c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a34039fbc979232864bed8d649738c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2336910a6b6f51f443b62bdf870e2974.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>