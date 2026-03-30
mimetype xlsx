--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29376bbe7ae71444ec292fecf7a11bb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4af558071d44baa5d76fe1747fae036.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595487766a85179d332da3a003cb7654.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545ab2e61519e424bc753ea1137eb16f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29376bbe7ae71444ec292fecf7a11bb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbd8d84c274730810150265dedf6eead.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595487766a85179d332da3a003cb7654.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d48d4990d0e88b6d441c6e1abfa8a971.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29376bbe7ae71444ec292fecf7a11bb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55f5922de90ba1f9c1d29ddc15de71dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595487766a85179d332da3a003cb7654.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac0a38d330b1f6f54b10ba466818eaf9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29376bbe7ae71444ec292fecf7a11bb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2ff7f6d3a8396cd4dc33f308a79fcaa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595487766a85179d332da3a003cb7654.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37633299ff6867e9bc7c8354a4de0479.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29376bbe7ae71444ec292fecf7a11bb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93599053e9f03345e77b92873f719e49.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595487766a85179d332da3a003cb7654.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abaa979e5a0580474108b09514086954.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29376bbe7ae71444ec292fecf7a11bb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c818cf348903931c0e79dae24817b237.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595487766a85179d332da3a003cb7654.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4e2992cb3de5d65c685020f4f0ade6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29376bbe7ae71444ec292fecf7a11bb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ec0e8444ab1efe6250ae13fd452710b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595487766a85179d332da3a003cb7654.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41f45e72f1e084cce8297b5f2d962bf6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29376bbe7ae71444ec292fecf7a11bb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/112fd8ad1a036a859797db8b2fda7825.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595487766a85179d332da3a003cb7654.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4abf49a889a0de192de331f7286903c8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>