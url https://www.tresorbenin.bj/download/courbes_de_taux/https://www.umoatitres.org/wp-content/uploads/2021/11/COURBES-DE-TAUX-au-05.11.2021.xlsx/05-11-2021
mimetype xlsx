--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a73e19edda3d173b531c3e5b2bdd322.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412e13769c2e7b034c6014ad65635a67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cd046efedad83c5a314f952bc092fd8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a69182c8b8698f6df9a46e50a4f17585.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a73e19edda3d173b531c3e5b2bdd322.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5d3a1f9c993746cc505adfa8355293a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cd046efedad83c5a314f952bc092fd8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/164dae8ed8c648c7301f1583a1e95354.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a73e19edda3d173b531c3e5b2bdd322.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d734e04acb29a7340ac8df1b26dd68ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cd046efedad83c5a314f952bc092fd8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/138fb4791d24ae2b683694ad6129add8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a73e19edda3d173b531c3e5b2bdd322.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb7e5793790e9101eed9eae357a96d3f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cd046efedad83c5a314f952bc092fd8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e80287648908e5413dc10b80402154e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a73e19edda3d173b531c3e5b2bdd322.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d1e869d74fe41827b2eb2ff1161aa65.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cd046efedad83c5a314f952bc092fd8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d279cf83151f2aa9b0f90e6f520983cc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a73e19edda3d173b531c3e5b2bdd322.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91c47844fbb9f470d9fefe87ba236a45.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cd046efedad83c5a314f952bc092fd8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ae0d3f28eb0b93415cdb72955915aef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a73e19edda3d173b531c3e5b2bdd322.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bf326ee4622c11c8d15ef4ecba97d4d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cd046efedad83c5a314f952bc092fd8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85271ea38eacc72ab0b2890a06e8593c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a73e19edda3d173b531c3e5b2bdd322.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/910e00d4334122fce1930a1b58cffa99.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cd046efedad83c5a314f952bc092fd8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2bb4e6d5f197d1a3a81ff16ae7b6172.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>