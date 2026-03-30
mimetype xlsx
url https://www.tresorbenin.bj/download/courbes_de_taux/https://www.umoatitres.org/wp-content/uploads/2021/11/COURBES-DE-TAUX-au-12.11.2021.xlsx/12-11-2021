--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0abf8f2ba17cdfb3cc68e6632d8453.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c53d4b38860c1f36fe867bfeb1dfd4ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dd6f5cf3cd91637401cc06fc0ae9ff8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31b4d3946b69d256c058fb35ec01cfb4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0abf8f2ba17cdfb3cc68e6632d8453.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85db1870c93c1160dffcd83ace66bb8d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dd6f5cf3cd91637401cc06fc0ae9ff8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31085532799b5882356882b1b378b1bc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0abf8f2ba17cdfb3cc68e6632d8453.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989c300f33ed280c175fffb804db6405.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dd6f5cf3cd91637401cc06fc0ae9ff8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b157b5fc40612b41bef7fb16d43ca9bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0abf8f2ba17cdfb3cc68e6632d8453.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6841b8e06020a4533263acc69d51e809.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dd6f5cf3cd91637401cc06fc0ae9ff8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2950eb54db4da2c9ed60c1ac0c5c3cec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0abf8f2ba17cdfb3cc68e6632d8453.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f85b23e6d0b0612b737df7e88b5c4ba4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dd6f5cf3cd91637401cc06fc0ae9ff8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c174fd3eaf687f48d515b7dfb627fce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0abf8f2ba17cdfb3cc68e6632d8453.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc4c03fc0f4cc846c0a06fa98d58526f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dd6f5cf3cd91637401cc06fc0ae9ff8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f122ba3bd5101c1148f228055795cdc9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0abf8f2ba17cdfb3cc68e6632d8453.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc244a3db7b8bdb60c5c89e431e91dfe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dd6f5cf3cd91637401cc06fc0ae9ff8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b05170160875a3b985a3a15fae08fce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0abf8f2ba17cdfb3cc68e6632d8453.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab4e35223a2a52569f1f51b1b81db6e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dd6f5cf3cd91637401cc06fc0ae9ff8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30632249143858418267b70991a18595.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>