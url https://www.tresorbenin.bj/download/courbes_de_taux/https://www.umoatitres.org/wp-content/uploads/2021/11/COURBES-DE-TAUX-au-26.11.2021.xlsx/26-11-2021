--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98bc702e634eb4cf32cc4c563eff09af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/695aae7e933e5230010ca31a0c94b17d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a3e65d9a386c8b88b2ddb83367106e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76640fdce5a85e9f53019d02ecd06224.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98bc702e634eb4cf32cc4c563eff09af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fb018ada0b4a1e4ed410a8edf2c1c9e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a3e65d9a386c8b88b2ddb83367106e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35ad5981d6ae6485b19f2aa280844e91.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98bc702e634eb4cf32cc4c563eff09af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8637911108116ab22497e0146a492caa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a3e65d9a386c8b88b2ddb83367106e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371011f176480d8fab9766d3cc7f3af6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98bc702e634eb4cf32cc4c563eff09af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00e1a6cd7b40968dd8dd22aee748ebcb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a3e65d9a386c8b88b2ddb83367106e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7326488ff5e1267c30453c4382f2785.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98bc702e634eb4cf32cc4c563eff09af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/701cddba99cc5e1733dc637c0d5b7b0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a3e65d9a386c8b88b2ddb83367106e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78f2b673177f196e179c4509304bd4a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98bc702e634eb4cf32cc4c563eff09af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df5e42b75beb0c140d5015848bfed8e4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a3e65d9a386c8b88b2ddb83367106e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98b4b466c838f0cf8c9443b23a05b29f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98bc702e634eb4cf32cc4c563eff09af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0d9b1ab7d9152aca57721a1e835fd93.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a3e65d9a386c8b88b2ddb83367106e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e739378d8f887fd2cef5885d5ddc99.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98bc702e634eb4cf32cc4c563eff09af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83a52c2eb67230d1a5334ac01439799c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a3e65d9a386c8b88b2ddb83367106e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01b7bb068872b9cc0e43911ac05f3067.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>