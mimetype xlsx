--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5ee0f764725e9f606b8886dc9e0965.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f698c2bb3714392f18e0e21763b5b4d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0556d76f1c40a6dbcdd808df2bde7d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba5839d1659418c9876b4773b5a53018.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5ee0f764725e9f606b8886dc9e0965.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/299ab34c6a67fb8562dbade8d8401e4c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0556d76f1c40a6dbcdd808df2bde7d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e716b242288be32fd44a17421a98b37e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5ee0f764725e9f606b8886dc9e0965.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f0b04553d059fc821c2d7d32291ec74.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0556d76f1c40a6dbcdd808df2bde7d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafbedc36b267117515de6d06d54108c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5ee0f764725e9f606b8886dc9e0965.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ea230e2274f02cbad9e492ccd4585ed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0556d76f1c40a6dbcdd808df2bde7d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4c989c530a225fff0e354a30a68eb14.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5ee0f764725e9f606b8886dc9e0965.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c03ca48e33a84fbe142569b5946d1af8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0556d76f1c40a6dbcdd808df2bde7d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b1fd29500202f3361b607aa4375cac1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5ee0f764725e9f606b8886dc9e0965.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18418d1ee62c5f3e8fa746479bbe5617.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0556d76f1c40a6dbcdd808df2bde7d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a199055ebcbb68c036434fce06df5843.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5ee0f764725e9f606b8886dc9e0965.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b99f1221176c6543436d64b3fe5fa51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0556d76f1c40a6dbcdd808df2bde7d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/529fed23b42e3df18b7c0e67bf83e070.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5ee0f764725e9f606b8886dc9e0965.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03da614839fd434b3cd81d5a9a48804.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0556d76f1c40a6dbcdd808df2bde7d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a82b91466e720086a11ca532e756473.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>