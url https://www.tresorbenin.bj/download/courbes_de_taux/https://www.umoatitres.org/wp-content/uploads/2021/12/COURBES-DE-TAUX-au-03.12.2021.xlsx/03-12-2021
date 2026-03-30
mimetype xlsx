--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ca07a5709d67836d2c3cc3c17839bd8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/587b46e1af680cfaeb9d1f3ee2e9cd6a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40d0693b714527ed23535f8f1e4edee1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/089c21360c7bda3b05fce602227f769c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ca07a5709d67836d2c3cc3c17839bd8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd855060a4ffe24e73155c8d6e5be68b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40d0693b714527ed23535f8f1e4edee1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/011d68eeb09a159aca60ede21de68383.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ca07a5709d67836d2c3cc3c17839bd8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48508a88bb24543aaa984dbbb7fd10e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40d0693b714527ed23535f8f1e4edee1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a22e93969d1e15373597d0e385bd865f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ca07a5709d67836d2c3cc3c17839bd8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3866ddc969541c2943c5f28603727a1e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40d0693b714527ed23535f8f1e4edee1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ae0097c4928070b1e8d9b3d3c2ba1c3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ca07a5709d67836d2c3cc3c17839bd8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c382600e2839f106c9ccb05f913e3d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40d0693b714527ed23535f8f1e4edee1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea3fec11d0bdebff97b55829cc2d047b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ca07a5709d67836d2c3cc3c17839bd8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2a5622043a78b25ba419343c660c66f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40d0693b714527ed23535f8f1e4edee1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2aae9ed428e21df7b7b5da0a78a56db.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ca07a5709d67836d2c3cc3c17839bd8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341abee6077d87b0e59bc28a4d93e7f2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40d0693b714527ed23535f8f1e4edee1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0b5e5e58a0654b4d589e28cbb447e2f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ca07a5709d67836d2c3cc3c17839bd8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b131d384135e24689e31562dd39e14f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40d0693b714527ed23535f8f1e4edee1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cea1703cd628ca803b59f57f8b2cb9f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>