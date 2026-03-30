--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37fbea376b04e71803c8ab6a4cb217f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/764a7ed44596d448810afa155b2b278b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c06fe9a391e78f9ffe73a7d3d562f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b48867dd78bbfc586501ac6fbced914.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37fbea376b04e71803c8ab6a4cb217f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3f3c7f1fefeac3e7b4d39181c772162.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c06fe9a391e78f9ffe73a7d3d562f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34972e70e1b7cb4d36c7e07cd1a37136.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37fbea376b04e71803c8ab6a4cb217f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da0271bdcfb19b2e88a195952e279595.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c06fe9a391e78f9ffe73a7d3d562f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f13ab3c07e42de49f5189edf41df5961.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37fbea376b04e71803c8ab6a4cb217f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba03d67731460b2f62b4916f81575912.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c06fe9a391e78f9ffe73a7d3d562f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1236c51103a5042109cb26ef6787bc2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37fbea376b04e71803c8ab6a4cb217f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/666025da27efc0f65185c8a2f7215124.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c06fe9a391e78f9ffe73a7d3d562f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59a3dd06df4d06a1408bd8c2ca198427.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37fbea376b04e71803c8ab6a4cb217f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/297d14547d8ea24a5084ab4f4e11876d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c06fe9a391e78f9ffe73a7d3d562f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab24bc08cfb65ec6e4e967c0bed25eec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37fbea376b04e71803c8ab6a4cb217f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c5254f96de3c93ac6acee29b0a92271.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c06fe9a391e78f9ffe73a7d3d562f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/677458c627525370176c73e33aa00fe1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37fbea376b04e71803c8ab6a4cb217f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fb41ed327939278465fe19ef93811a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c06fe9a391e78f9ffe73a7d3d562f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7a985726a194cf404302b128ce0f53c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>