--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf4007a1c0940ab2f153cde7a9176da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e1fdb0623f103f9f974d2f80ef64962.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5711af0cb0ae250589253c2b73fd494.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c398fd35083d31d58988c8ea3cba041.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf4007a1c0940ab2f153cde7a9176da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31bacd807505c99db92215ffec2bb94a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5711af0cb0ae250589253c2b73fd494.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13402e07074c90d900db317cb143865e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf4007a1c0940ab2f153cde7a9176da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dc1d674a8df393e09e0e449bc11a5ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5711af0cb0ae250589253c2b73fd494.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cac5fd8c7c736034ea7f3015d5fdd937.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf4007a1c0940ab2f153cde7a9176da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13ac98d40463bc6dd24b26e79430afd3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5711af0cb0ae250589253c2b73fd494.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00f3f0805a8d7a43d3996b482193e3ed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf4007a1c0940ab2f153cde7a9176da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95d2c06b03552f9bc2f6f9a8c4c23497.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5711af0cb0ae250589253c2b73fd494.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82f9d3b6b79300c07b796580f610af6e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf4007a1c0940ab2f153cde7a9176da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47d08411db5d71086c2fa9e11e24b2b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5711af0cb0ae250589253c2b73fd494.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d611ac8e711ee42e645ac9b26bf58b21.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf4007a1c0940ab2f153cde7a9176da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db21bbf0ec543054838f930278fb409c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5711af0cb0ae250589253c2b73fd494.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b70e6f77de01f95f7e4147c1f62e7f71.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf4007a1c0940ab2f153cde7a9176da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6f0a228218bab3ffae725691d9f2b66.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5711af0cb0ae250589253c2b73fd494.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f3e72fdd277be971d0a50570c5c485.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>