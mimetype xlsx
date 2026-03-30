--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44b2905d3d31197a2e4854468b6ba770.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d24bee6f35a8c742ae0290646d1d603c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76374bf7151c4ba912bd61b226008272.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a72a5cdc53b0187343aae210fd963e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44b2905d3d31197a2e4854468b6ba770.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cedfc0826cecfc6b6251245c449a8d73.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76374bf7151c4ba912bd61b226008272.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3cdadd9aec08497bdedbf42280a2f11.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44b2905d3d31197a2e4854468b6ba770.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e605707dcc46bc43cfd2877807d30853.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76374bf7151c4ba912bd61b226008272.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed70ea56ec9e28d3e24537934f4ec80f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44b2905d3d31197a2e4854468b6ba770.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0680b27ee19b4dd8b21c3eb98fd59f3a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76374bf7151c4ba912bd61b226008272.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d56195637c434191ae4dda0930fc980.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44b2905d3d31197a2e4854468b6ba770.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5b7316f745cc3717caf6d5488e3997.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76374bf7151c4ba912bd61b226008272.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfd7605ef9d7876f62dfbe7a138bf20a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44b2905d3d31197a2e4854468b6ba770.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757b3395cfe6465e982578ff775317b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76374bf7151c4ba912bd61b226008272.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29a4828bb8450c0d10a3caf914a2505f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44b2905d3d31197a2e4854468b6ba770.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1beb7d9fa86f37dc77b479e1318af0b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76374bf7151c4ba912bd61b226008272.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf2cdcbca0567e5fea1cf741d3149148.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44b2905d3d31197a2e4854468b6ba770.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec38c51896648263f2ecd5aaf317ef42.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76374bf7151c4ba912bd61b226008272.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b0e9303842f31a308b547695dd3fd87.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>