--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa570a9d9b9e11892243eb06b207cecc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2550c7474431542c6bb0825b8ad8df0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1f8d8e8b4bbbfb26b3efd3b12bef8f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b97caf1b5a83e9e9d9f8a319c4910965.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa570a9d9b9e11892243eb06b207cecc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0535ddbfe5d836d6df03b2d7420f0ed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1f8d8e8b4bbbfb26b3efd3b12bef8f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0f96c63f22b91a22e3d41eae5c9d081.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa570a9d9b9e11892243eb06b207cecc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d910d46b7e1ec039fd65f77f5a54bc9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1f8d8e8b4bbbfb26b3efd3b12bef8f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3711a574a9911b1b9ec805eff4b591f2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa570a9d9b9e11892243eb06b207cecc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f5ac1aa832dd835430975eabd16cd51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1f8d8e8b4bbbfb26b3efd3b12bef8f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b89d5f4db8af6a2873bc0cd2c7d0c704.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa570a9d9b9e11892243eb06b207cecc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62d966d33f05e712d9b1a9f6cdafe90e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1f8d8e8b4bbbfb26b3efd3b12bef8f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30c7d2f6f5c42932e6833267e0d0f5ca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa570a9d9b9e11892243eb06b207cecc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4be4086647d6786beb2399b875c570d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1f8d8e8b4bbbfb26b3efd3b12bef8f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1a22a211f44aca850f718e9169ce717.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa570a9d9b9e11892243eb06b207cecc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/177e4112b17dea5be91f52f4ea3e3d57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1f8d8e8b4bbbfb26b3efd3b12bef8f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1219b00be983552993016f94edcf0cc9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa570a9d9b9e11892243eb06b207cecc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae27843c6eff71612351e7c5a9fa2fb0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1f8d8e8b4bbbfb26b3efd3b12bef8f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9410c9a9b1e31f1581e431b23775cdcc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>