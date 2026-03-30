--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a649dfbde1f8e72828e7d693035a2aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf23e72fffb6319ed660e2dccaad1408.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20343e3ec327a168a277f5d4b0bdbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b8fab01d8993c2e7347e50a1c19996b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a649dfbde1f8e72828e7d693035a2aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82eac4bc853e0830ac07f86c5a88e9bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20343e3ec327a168a277f5d4b0bdbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb242c1d878ac17b96701f6c4cf0920a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a649dfbde1f8e72828e7d693035a2aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f05d8f12edba3131d2cad1dddc85a2bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20343e3ec327a168a277f5d4b0bdbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/297e21ee571fc5c2d4e21a8896a7af24.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a649dfbde1f8e72828e7d693035a2aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ca472181e50e07cc728d6d6a8e71002.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20343e3ec327a168a277f5d4b0bdbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac4635fccc29c3d0181d037c991e732.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a649dfbde1f8e72828e7d693035a2aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c1a319f5c7588aa86a9b6f0edc0991.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20343e3ec327a168a277f5d4b0bdbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a52c48e168937a10bc99e5fb9d99bfaa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a649dfbde1f8e72828e7d693035a2aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220c8622307d8e80a594fcfd861e2bbb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20343e3ec327a168a277f5d4b0bdbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b07b82a07333c3cda35efefe5a6ea0e0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a649dfbde1f8e72828e7d693035a2aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95dda4b5ea2a5cd09f12d4c4f2c535b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20343e3ec327a168a277f5d4b0bdbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c26625a8493c8a9c7064444d190401c3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a649dfbde1f8e72828e7d693035a2aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35cfeea77d63e0a3b903de9fe0da8324.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20343e3ec327a168a277f5d4b0bdbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a821fa681b1a979c5455e05cb19d534.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>