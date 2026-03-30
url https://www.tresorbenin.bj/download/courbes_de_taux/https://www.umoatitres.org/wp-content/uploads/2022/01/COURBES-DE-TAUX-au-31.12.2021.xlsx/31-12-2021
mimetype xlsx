--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb18dc1d791f15f461d3f684b8d94d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b8adb3c016c0367eec2faaac6e80f1e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622c2e1159afd59c13e93fb172b056eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3252b175b2d607d51a83ecb6d6b2e5ba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb18dc1d791f15f461d3f684b8d94d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/091e6ace5bf82a1a9d371301f19e2da7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622c2e1159afd59c13e93fb172b056eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d73176bb9bda394c45fbd5f7ab72fc14.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb18dc1d791f15f461d3f684b8d94d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5796a906ef20cc477b418b97772558c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622c2e1159afd59c13e93fb172b056eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b1c3af3b830f52e3f77b8bf02180ca4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb18dc1d791f15f461d3f684b8d94d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/918c781517962c92eb0e988f742d261f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622c2e1159afd59c13e93fb172b056eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/647a408e671cb6d86016890a06f9894d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb18dc1d791f15f461d3f684b8d94d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1b7574444cebe1151d9fded1e862b03.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622c2e1159afd59c13e93fb172b056eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bbecb5414633b7c20cc6e471b5d2649.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb18dc1d791f15f461d3f684b8d94d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e3e87218cffb26d100f32e1dc898cd9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622c2e1159afd59c13e93fb172b056eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02f458505ffce5c8c54241b8ca090beb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb18dc1d791f15f461d3f684b8d94d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89992c31b8aef064a60fe437d804237f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622c2e1159afd59c13e93fb172b056eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b365ac419e338be1fc3a394f0502663b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb18dc1d791f15f461d3f684b8d94d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3d9564ff0e47c04b554b37343fa652f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622c2e1159afd59c13e93fb172b056eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a5717bcc7b16ea52f8e759c275faf5a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>