--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1012c87b788860391f2c06a0a22c9f5f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33cdb2f937ea807cc6b0fb1f9b922497.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc21a0561ea4d622d41732cbb279f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb5b6861e5420192ddc76727f8890f83.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1012c87b788860391f2c06a0a22c9f5f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3408660e71b21548ed68a97aacd94487.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc21a0561ea4d622d41732cbb279f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0de14f701939bf28288c949c5bf61ab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1012c87b788860391f2c06a0a22c9f5f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/494b1e4f88ab8405ac18faf32e424b4b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc21a0561ea4d622d41732cbb279f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d2d8b63d9aad0cd518c78864f30433d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1012c87b788860391f2c06a0a22c9f5f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36b24d8d9d75b0dc13264694ed9639f2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc21a0561ea4d622d41732cbb279f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee3e5b0ebe886810e7ccaccd17c476c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1012c87b788860391f2c06a0a22c9f5f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc99efbc3f4bca621e74c39982dbe702.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc21a0561ea4d622d41732cbb279f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78eaad8245428ae50bc40522e63dc975.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1012c87b788860391f2c06a0a22c9f5f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/143878aa8031a5d360ac866e9f73da19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc21a0561ea4d622d41732cbb279f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11fa1c91f4feae7f11f99f5b115879e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1012c87b788860391f2c06a0a22c9f5f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/571c3b6a93ba8e95a8f7d05c7fb33c05.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc21a0561ea4d622d41732cbb279f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443932e58b8de6e7135a2d548ca55ef4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1012c87b788860391f2c06a0a22c9f5f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7fc2dbe134e90b33671fe0031ac33b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc21a0561ea4d622d41732cbb279f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b234a58db369ec9a8e981a174009c504.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>