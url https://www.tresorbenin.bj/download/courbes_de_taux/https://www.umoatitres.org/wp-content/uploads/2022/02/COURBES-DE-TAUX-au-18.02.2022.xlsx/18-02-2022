--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b70bc554a9c6b36d89022eddde5bfc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1df99f4a964bbd27d65fdcd90ffba654.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cb1a193d8a81c7f4640651877ecacd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ffd11a364297517d6cbc75dac110f76.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b70bc554a9c6b36d89022eddde5bfc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a0fd22a74bb06cc10f75c30ec19ffbf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cb1a193d8a81c7f4640651877ecacd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af24b53d96a9d85a6c0e8979290a9db6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b70bc554a9c6b36d89022eddde5bfc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76d160eba82d7a722442f140f9e614af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cb1a193d8a81c7f4640651877ecacd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29617a8e53557ffaee442fc32a9e6b5f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b70bc554a9c6b36d89022eddde5bfc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86b296ae15cbb03c8e3cda3c93af2f49.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cb1a193d8a81c7f4640651877ecacd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaba5e6a4c5f4ef1ed0756515dc46a7d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b70bc554a9c6b36d89022eddde5bfc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b6d664c89a596a4f8d3c75c14ef78a4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cb1a193d8a81c7f4640651877ecacd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4cb773e614da2c149a2d6d2fb8c586a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b70bc554a9c6b36d89022eddde5bfc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87cef0e1d027580944f81175906b86eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cb1a193d8a81c7f4640651877ecacd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5799e268bbc35357e2630f1eb3d646c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b70bc554a9c6b36d89022eddde5bfc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a262e629a73aea9756bc5032f155067f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cb1a193d8a81c7f4640651877ecacd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a02e1955fd60735886a3d1a9a012f8ff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b70bc554a9c6b36d89022eddde5bfc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8ff7c93af26a3a211f14ae498d34248.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cb1a193d8a81c7f4640651877ecacd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8271b5556745e7c6529934e4ba6abc14.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>