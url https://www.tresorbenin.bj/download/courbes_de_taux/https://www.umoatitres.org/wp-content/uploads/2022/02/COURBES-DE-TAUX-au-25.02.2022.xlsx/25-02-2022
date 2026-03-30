--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/315e7e380433ce3c89965e4faee0f2d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa0347c5d638d1be19ea050d0067e79.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc21ab2711d9934e5350e53ffa267a5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798a04c25b2698e5b13cf9e9cf5bc2c3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/315e7e380433ce3c89965e4faee0f2d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ad35b7ef7422e911c9cf26483976afe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc21ab2711d9934e5350e53ffa267a5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b941e7ec140ca9c81ba56f0162773de.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/315e7e380433ce3c89965e4faee0f2d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c73a2b20c92422baa52bb0a85243fdb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc21ab2711d9934e5350e53ffa267a5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c464ee60a9261dcf9f6ecc93e1b700b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/315e7e380433ce3c89965e4faee0f2d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b99bf4210ba8b8977ea580e2d48e240d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc21ab2711d9934e5350e53ffa267a5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37c04d7282ab76c7fd2c15c114fc7ad7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/315e7e380433ce3c89965e4faee0f2d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734f31e9a31d63547b5d6d2f2892658d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc21ab2711d9934e5350e53ffa267a5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdac3ef6ec4eb033282ba3512b0f39e8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/315e7e380433ce3c89965e4faee0f2d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be5b4374f47c2f1b3836dccb68f86cce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc21ab2711d9934e5350e53ffa267a5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb14e17385983590c5bf68bf4d7e5fa3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/315e7e380433ce3c89965e4faee0f2d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6911ac09e0ba330032d6da7d9538d3ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc21ab2711d9934e5350e53ffa267a5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9244719332ce7c413fa49d578684122.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/315e7e380433ce3c89965e4faee0f2d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66800c61e68430f93b1164629d58023e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc21ab2711d9934e5350e53ffa267a5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07b6a0054c99e9f22f378513124bf267.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>