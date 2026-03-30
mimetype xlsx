--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f96b95567006730d5953698e342da7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc8055578408a54512972c186ef0af50.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5d5b75d690e2745cb8fb890e01ea096.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1715dc5a13874a1c3438479e87d7114.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f96b95567006730d5953698e342da7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/993ff6606b394a49fe0b7f491aa0c1f3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5d5b75d690e2745cb8fb890e01ea096.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05f0f57e6806604d868492252f97805.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f96b95567006730d5953698e342da7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/072f1fea7b001b1d80257653a8b2013f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5d5b75d690e2745cb8fb890e01ea096.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a2e0989ca1371570a5f961d57c1388c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f96b95567006730d5953698e342da7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad1976e4aff39fc94a7009388ba9421d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5d5b75d690e2745cb8fb890e01ea096.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef75e6ddd43931c1128f6e766e702e8a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f96b95567006730d5953698e342da7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24fd815c5f6385a85a78414aaa31c473.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5d5b75d690e2745cb8fb890e01ea096.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938e01c883a9f2463b5e36238b503554.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f96b95567006730d5953698e342da7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8173d6fdd9deeea10523a6536126b1c5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5d5b75d690e2745cb8fb890e01ea096.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c48e5dc65b4e872230742a01c8af510.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f96b95567006730d5953698e342da7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea69d1ff2cead6d2166ee021b2111e8a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5d5b75d690e2745cb8fb890e01ea096.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbdfa9aa134a6687fcf26cd6a0489493.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f96b95567006730d5953698e342da7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a9cdaa611180da27e1fa74bc97f4b3b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5d5b75d690e2745cb8fb890e01ea096.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8575f2b90958720869e920b6aea096ea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>