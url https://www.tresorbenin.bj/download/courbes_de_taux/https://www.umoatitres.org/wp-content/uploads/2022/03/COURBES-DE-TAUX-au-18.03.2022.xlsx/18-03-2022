--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5d5b75d690e2745cb8fb890e01ea096.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1715dc5a13874a1c3438479e87d7114.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d80f80209484b650d2b704d9ede131b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c189d6ba64903f369796405687a7d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5d5b75d690e2745cb8fb890e01ea096.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05f0f57e6806604d868492252f97805.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d80f80209484b650d2b704d9ede131b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662951e4baef7cef783b3235fc48049c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5d5b75d690e2745cb8fb890e01ea096.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a2e0989ca1371570a5f961d57c1388c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d80f80209484b650d2b704d9ede131b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a26ae1d661d3574e22a0f3eee91faf8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5d5b75d690e2745cb8fb890e01ea096.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef75e6ddd43931c1128f6e766e702e8a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d80f80209484b650d2b704d9ede131b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77cc5673db45035f9d4964889def674.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5d5b75d690e2745cb8fb890e01ea096.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938e01c883a9f2463b5e36238b503554.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d80f80209484b650d2b704d9ede131b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/204b7c12f79fc35c360d58c3f11bbcbf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5d5b75d690e2745cb8fb890e01ea096.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c48e5dc65b4e872230742a01c8af510.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d80f80209484b650d2b704d9ede131b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a19304e5b637f4cb7627652666849969.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5d5b75d690e2745cb8fb890e01ea096.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbdfa9aa134a6687fcf26cd6a0489493.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d80f80209484b650d2b704d9ede131b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a93439840a7dd0a31aab91302cdeb531.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5d5b75d690e2745cb8fb890e01ea096.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8575f2b90958720869e920b6aea096ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d80f80209484b650d2b704d9ede131b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb2da80de8295d3fa7047460b20c89.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>