--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b15fb1b9619058d38c241ebea8f1505b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/093bdd17572a8112231e2af8385d1205.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c800a5eec8fe94c54805fa2e1281c3f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba9334e4c6f0efc3a881489b4c81f67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b15fb1b9619058d38c241ebea8f1505b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b04a74434e923d129b0b281f5d5f4b4a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c800a5eec8fe94c54805fa2e1281c3f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee86b8c98c928e548d75c15d8315cba2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b15fb1b9619058d38c241ebea8f1505b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebbe2bf6a212a625cac2fcb06c989e93.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c800a5eec8fe94c54805fa2e1281c3f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4102d33b30990d9b1567e9884e72a02.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b15fb1b9619058d38c241ebea8f1505b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebbcf09f524de210cbfccc515e0171b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c800a5eec8fe94c54805fa2e1281c3f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62f40227572e23b79dd0e71c4df4419c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b15fb1b9619058d38c241ebea8f1505b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74a20800716e1ed784b62c5136dd7d91.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c800a5eec8fe94c54805fa2e1281c3f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb62bf40e33d4640b5a2f1acc6df7245.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b15fb1b9619058d38c241ebea8f1505b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d74c1203d6759249b5d8d379e5c58e78.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c800a5eec8fe94c54805fa2e1281c3f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e5478b39bcbbbffb4b8f4afa375409e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b15fb1b9619058d38c241ebea8f1505b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdc1082de8549de725a45cc23ba110d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c800a5eec8fe94c54805fa2e1281c3f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8ff1e3b565f832a8d973834b9c1110c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b15fb1b9619058d38c241ebea8f1505b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93aae7b17ae9389db71e7c038b31afc3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c800a5eec8fe94c54805fa2e1281c3f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97e4d3b010caf9e5f18c39d5a85dc97b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>