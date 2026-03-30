--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d2e7fcd42efbaef14f6b9b82986e849.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8253747102de8067db6b849c46b9416.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e612367b68f2176d2716c95fa0061f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/745c26d95a19f5a11adaebb46edd4520.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d2e7fcd42efbaef14f6b9b82986e849.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2afbd4a9721d24d53fa4270425ea1b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e612367b68f2176d2716c95fa0061f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5ac2e19274cfc8c4744d2ae8a556d5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d2e7fcd42efbaef14f6b9b82986e849.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/902621f31d9ddec4df15ce5b92df8ebb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e612367b68f2176d2716c95fa0061f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ace4e2b77babaf76802ca721b01a2f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d2e7fcd42efbaef14f6b9b82986e849.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d69b10f0122cff63d2b0941b71b72472.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e612367b68f2176d2716c95fa0061f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951e7b6409d37670a6e0da0318d25395.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d2e7fcd42efbaef14f6b9b82986e849.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b84ad655265a78a3ba80880413d06ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e612367b68f2176d2716c95fa0061f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6c1ac2204cec39fbd92f57dca645d4a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d2e7fcd42efbaef14f6b9b82986e849.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61b4e20a4b2f0dc5d77769250af4b41f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e612367b68f2176d2716c95fa0061f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/799c2c582f69f12901d90d6aeab09898.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d2e7fcd42efbaef14f6b9b82986e849.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52135954d5781659625bc61621ec9237.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e612367b68f2176d2716c95fa0061f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2dd3028460cee728a678d89d5848b4c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d2e7fcd42efbaef14f6b9b82986e849.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7055794314a0d1f9d8afcc62cded8e7a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e612367b68f2176d2716c95fa0061f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ad754f51c53931907027d88bb98fc67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>