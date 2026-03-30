--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aea180e4abdff13a65dabab749a05d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a51e3d91e6b183e2a534515baaad2dd5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6370fa80f23ab273e7384439b00f9775.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e92be8ffc0041c8ae611990ce00341a7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aea180e4abdff13a65dabab749a05d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc153322b98bc59e43ea5e86b873b7b4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6370fa80f23ab273e7384439b00f9775.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f664d5d83b2f5f4eefcd68293cffcc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aea180e4abdff13a65dabab749a05d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c0275d4c7d8c5b7c2cf6f7998abc193.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6370fa80f23ab273e7384439b00f9775.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cc2cd4a6efaa01083d7ec5b6e46baca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aea180e4abdff13a65dabab749a05d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/402f566f333dddc8efdb188242c200bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6370fa80f23ab273e7384439b00f9775.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3308e1793ff5593d87beddd2cc746a03.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aea180e4abdff13a65dabab749a05d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39b7e4077547eb924a23a32cfddc995b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6370fa80f23ab273e7384439b00f9775.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b84a5b2f29237b38f04418d5cb5ac5b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aea180e4abdff13a65dabab749a05d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65bc23119a79d6a5fd5dc51f661726bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6370fa80f23ab273e7384439b00f9775.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcf8c8c421730dfed4d70a7e882b84c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aea180e4abdff13a65dabab749a05d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667560d7db6a75a6729d734a17a09109.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6370fa80f23ab273e7384439b00f9775.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e1f403de7efb06e52f4b43ed89906f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aea180e4abdff13a65dabab749a05d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ab5e026c74496a58dff9ccb406bb644.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6370fa80f23ab273e7384439b00f9775.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1414e86457fb021ad651532882eefeac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>