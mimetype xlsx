--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6370fa80f23ab273e7384439b00f9775.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e92be8ffc0041c8ae611990ce00341a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be312a7b1cd2778fe86f3b43241d679.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de5eb0de802795a7994b33aff4eca545.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6370fa80f23ab273e7384439b00f9775.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f664d5d83b2f5f4eefcd68293cffcc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be312a7b1cd2778fe86f3b43241d679.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e24c8bb1c69c813653d96aae7b221249.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6370fa80f23ab273e7384439b00f9775.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cc2cd4a6efaa01083d7ec5b6e46baca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be312a7b1cd2778fe86f3b43241d679.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fe790bd88d52d6cc1de54d731e6fcdb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6370fa80f23ab273e7384439b00f9775.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3308e1793ff5593d87beddd2cc746a03.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be312a7b1cd2778fe86f3b43241d679.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6748b971a5d69e631009c4fa29a6ee20.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6370fa80f23ab273e7384439b00f9775.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b84a5b2f29237b38f04418d5cb5ac5b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be312a7b1cd2778fe86f3b43241d679.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bed8d23174ff446a7beda482edfd6b0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6370fa80f23ab273e7384439b00f9775.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcf8c8c421730dfed4d70a7e882b84c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be312a7b1cd2778fe86f3b43241d679.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38348ffcbd68ec30e2be0f86a5b1b729.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6370fa80f23ab273e7384439b00f9775.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e1f403de7efb06e52f4b43ed89906f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be312a7b1cd2778fe86f3b43241d679.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bffa0c25c8b9dbdc623b0fb13550faa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6370fa80f23ab273e7384439b00f9775.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1414e86457fb021ad651532882eefeac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be312a7b1cd2778fe86f3b43241d679.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ac2ece0242b1882ef0d940f6b57d553.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>