--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af98d1ec58466cadab11aa211e3bdc5e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2e468bb249862866e9e683d6f84ca21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc804e921f64b19a4c0be41597541bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1009b59c01d338bd023427b3a668f88.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af98d1ec58466cadab11aa211e3bdc5e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d79ec367102107120dc19c7da9eec55f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc804e921f64b19a4c0be41597541bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966af3b20631b1972a1ee41d1cf9f7b0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af98d1ec58466cadab11aa211e3bdc5e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1740e6dbbcb414bc3fe0b8c89dae3ddf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc804e921f64b19a4c0be41597541bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30469621a2f28ed4926e853b4e10bbef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af98d1ec58466cadab11aa211e3bdc5e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f1803fe09d08c599b20ecc442501012.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc804e921f64b19a4c0be41597541bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a33520cb1409d41d3905c3801a8fb233.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af98d1ec58466cadab11aa211e3bdc5e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/183daa3bebaa3dbac9c34d669118c057.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc804e921f64b19a4c0be41597541bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3fe9e5aabdb4fc7b00854238ee99d2c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af98d1ec58466cadab11aa211e3bdc5e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aa19ea03160d436dfef0df076ea7a8a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc804e921f64b19a4c0be41597541bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec539a76ed006e4afb1c59297dfc8221.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af98d1ec58466cadab11aa211e3bdc5e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27fa8c1891340ef14d8fab2f94dbf2bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc804e921f64b19a4c0be41597541bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b81ec81e11460ffbcd49e55902898ee1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af98d1ec58466cadab11aa211e3bdc5e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8e7bad957738dec461353a23f90107e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc804e921f64b19a4c0be41597541bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5182af5e2a93122b24c5ac4536388e9f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>