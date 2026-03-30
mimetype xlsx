--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc804e921f64b19a4c0be41597541bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1009b59c01d338bd023427b3a668f88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ab20c9d46d29f336a91ced3af709a0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ace975fd9961e101ff9749036fbb9d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc804e921f64b19a4c0be41597541bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966af3b20631b1972a1ee41d1cf9f7b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ab20c9d46d29f336a91ced3af709a0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040325aca7a73fc7ff777a7d185d8323.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc804e921f64b19a4c0be41597541bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30469621a2f28ed4926e853b4e10bbef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ab20c9d46d29f336a91ced3af709a0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056afae5603c79664ec4171bb4a6339c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc804e921f64b19a4c0be41597541bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a33520cb1409d41d3905c3801a8fb233.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ab20c9d46d29f336a91ced3af709a0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e97a86ada50c04fbb3ac25436fe8d915.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc804e921f64b19a4c0be41597541bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3fe9e5aabdb4fc7b00854238ee99d2c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ab20c9d46d29f336a91ced3af709a0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0bbff73467c0b05196a582078144be7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc804e921f64b19a4c0be41597541bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec539a76ed006e4afb1c59297dfc8221.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ab20c9d46d29f336a91ced3af709a0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d1a670c41a8d5a8fa8be08ad6b4982c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc804e921f64b19a4c0be41597541bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b81ec81e11460ffbcd49e55902898ee1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ab20c9d46d29f336a91ced3af709a0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2141c339cfa83961f9609f42ed26450c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc804e921f64b19a4c0be41597541bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5182af5e2a93122b24c5ac4536388e9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ab20c9d46d29f336a91ced3af709a0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c2c9a40178625068a76543e90da5438.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>