--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16d19f62d844ffc60e5d64de382b408.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d3b267f75789599a3284952769414c8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68e59d5f2866d5ef8b1b0a6a31431189.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24fd8cb6eb060b07b7f712f2afa1dcba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16d19f62d844ffc60e5d64de382b408.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b64232e4cfd080f00c4aad1947e08d83.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68e59d5f2866d5ef8b1b0a6a31431189.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e3c24aed4eabe876006eec7d8413c97.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16d19f62d844ffc60e5d64de382b408.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf3e58f44b80e2c592ba8ad33601a60.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68e59d5f2866d5ef8b1b0a6a31431189.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6026e6070c3945556634b35e3b7648b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16d19f62d844ffc60e5d64de382b408.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09035b60b50bbf2e2aa761a41dfff430.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68e59d5f2866d5ef8b1b0a6a31431189.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04e8998179e80a4dd62d5a8bb918dd0e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16d19f62d844ffc60e5d64de382b408.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92a3703cb6b804a8c260a513b8fa1424.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68e59d5f2866d5ef8b1b0a6a31431189.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aff69a5b90bca6333af40bd666dd10a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16d19f62d844ffc60e5d64de382b408.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f24478029e826139e300eaec4c43e083.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68e59d5f2866d5ef8b1b0a6a31431189.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf78a9de080ee2c8fd45dcad789a3970.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16d19f62d844ffc60e5d64de382b408.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5beea1448b4caf090138b721e5f98841.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68e59d5f2866d5ef8b1b0a6a31431189.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/577154f6bd84b3009e35c6e7e05fb439.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16d19f62d844ffc60e5d64de382b408.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ee892620540b34a8cf962e72221b5a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68e59d5f2866d5ef8b1b0a6a31431189.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ec689bb84a2adbf412663dc8ec3de28.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>