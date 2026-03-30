--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ebc47d4858dd2f58a1cc2bb1e9a9877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e18480ba029f0bead7323a8c3658c646.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c188232afb9611ce78152b0d89a28c0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5d6f5aca2c20bbfa77219a6a4de2f24.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ebc47d4858dd2f58a1cc2bb1e9a9877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7884628fca9cff85a10d6032c31ae3a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c188232afb9611ce78152b0d89a28c0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51eb4b76e6b24ec3f50816b306a7fd7a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ebc47d4858dd2f58a1cc2bb1e9a9877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25172fd45396692f3898859cf2700920.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c188232afb9611ce78152b0d89a28c0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfab572065c1cf4a7b63d18737f550eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ebc47d4858dd2f58a1cc2bb1e9a9877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aae5990d5a1644f3f8acbe23be924a15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c188232afb9611ce78152b0d89a28c0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6675123311126e21a524842e1d4a5431.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ebc47d4858dd2f58a1cc2bb1e9a9877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd72e1df17bcd03f1ec5e986820e8dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c188232afb9611ce78152b0d89a28c0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/754284a307f8de5b73469c13829e0b3f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ebc47d4858dd2f58a1cc2bb1e9a9877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8748879c8bcf1f53dcf2e2c95efe9e25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c188232afb9611ce78152b0d89a28c0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b15185fd2aafb5da24322272881142d4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ebc47d4858dd2f58a1cc2bb1e9a9877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943ab4b8eb60940bec99562541c78c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c188232afb9611ce78152b0d89a28c0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3af7cc888e6ada2053a403c1e58815ea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ebc47d4858dd2f58a1cc2bb1e9a9877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c0d633aadcbdaa4012d0e7b40b159c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c188232afb9611ce78152b0d89a28c0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d834d3090b63f9f4721987fc23d49956.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>