--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85807518bd3d3882aa1c5a9ae8272379.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7305d34bdac20e6a2f6c76b3165fc4cf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf30cbff9f52b0b33a14216ca9a0a9a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff14be82ca57ac439d0aeda611d61878.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85807518bd3d3882aa1c5a9ae8272379.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f48771c75cae02251244c51bb15e4a0e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf30cbff9f52b0b33a14216ca9a0a9a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af73beaa0c0081c63d5e998844950f07.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85807518bd3d3882aa1c5a9ae8272379.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a03cb3e72c8da764694e55cfa96d267d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf30cbff9f52b0b33a14216ca9a0a9a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46164551d1f63c2a00bde332816435a5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85807518bd3d3882aa1c5a9ae8272379.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df9c277c01e124afa9f631ae8aa7dd8a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf30cbff9f52b0b33a14216ca9a0a9a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88d050b89dc4bdff72bd0e9d47c158fb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85807518bd3d3882aa1c5a9ae8272379.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f44eabdf92a4aaae3befe956de75ed8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf30cbff9f52b0b33a14216ca9a0a9a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feeb45da93ae8d77f11e23f71302ac7b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85807518bd3d3882aa1c5a9ae8272379.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd337d060d8fd6c6a15a24aa40e426e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf30cbff9f52b0b33a14216ca9a0a9a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c176f1a5a0aa583c405a25e412196491.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85807518bd3d3882aa1c5a9ae8272379.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c51c17672f906bfacb1d01011b9c7da0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf30cbff9f52b0b33a14216ca9a0a9a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9493330dfea48760201be737c451d53b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85807518bd3d3882aa1c5a9ae8272379.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58301bc5241aabd1d7b457b61cbbc44a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf30cbff9f52b0b33a14216ca9a0a9a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab519caf08bcfeedea284517b28c64d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>