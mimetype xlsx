--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20d7fb350d47e06b18957fa33d115eb8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e850c57a0f20121e6b2905c1869b4d32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842db125a2028e08d4e8fba90c93ace3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c271257047933cc0e4e3010965446b7c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20d7fb350d47e06b18957fa33d115eb8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0755a584d84d7eb06bb3ab968ddcc384.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842db125a2028e08d4e8fba90c93ace3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314a56f5f571567dbb6594c05c59cae3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20d7fb350d47e06b18957fa33d115eb8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e035c5064f6f9f4430011bbb85956c5d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842db125a2028e08d4e8fba90c93ace3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2176f52b3958ce022bd7e7ef49da4fe0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20d7fb350d47e06b18957fa33d115eb8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46870476ea458b55094079a2c5d6df45.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842db125a2028e08d4e8fba90c93ace3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1020eadf9ce98a41b7871dd41b6a692.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20d7fb350d47e06b18957fa33d115eb8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30a64c9bd0ba37d7177fdc4a7702eb5d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842db125a2028e08d4e8fba90c93ace3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c6075bda76b36157431b60e248e681.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20d7fb350d47e06b18957fa33d115eb8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aba7bf5a9826c21441c36f5c4d8f07b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842db125a2028e08d4e8fba90c93ace3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd6ffaa47d043efa521107fb43300f17.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20d7fb350d47e06b18957fa33d115eb8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd26a4ee9550ad067667684d30843753.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842db125a2028e08d4e8fba90c93ace3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c0a5d87e3b9504110e23492aeb805c9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20d7fb350d47e06b18957fa33d115eb8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3956486dd0cc9303d25d47be13a9f0c9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842db125a2028e08d4e8fba90c93ace3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93d23ce91efaf6c19b1d65add3e9e8ce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>