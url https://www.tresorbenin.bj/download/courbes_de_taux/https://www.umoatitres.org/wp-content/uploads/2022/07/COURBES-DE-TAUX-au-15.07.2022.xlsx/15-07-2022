--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20d0ba7a0ce7c3b32e6413ce07e36e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ae36f22cfca7937a3fa4448a4a98d1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b59151b2c22c903027d84a3e3751f65b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5ce37ca534927c54e433e727ebd5361.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20d0ba7a0ce7c3b32e6413ce07e36e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e7c0d8c5228c9437d2e0492fcce865a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b59151b2c22c903027d84a3e3751f65b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aefd285419002267ea307a66c34c0e34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20d0ba7a0ce7c3b32e6413ce07e36e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7bc436e170f5e1627f884dcc31e10f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b59151b2c22c903027d84a3e3751f65b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ba7bf1b1c035dfb9ea5cbbff1118204.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20d0ba7a0ce7c3b32e6413ce07e36e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c9f3b7b173a89a9f47c6a124ab0705c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b59151b2c22c903027d84a3e3751f65b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b46c8c4a1d9b71cbb7b5b839fbfdb40.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20d0ba7a0ce7c3b32e6413ce07e36e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0efe16a387a8a76bee33d6be6f2eafed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b59151b2c22c903027d84a3e3751f65b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f782ae74fbf1e4c72a50124986685f32.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20d0ba7a0ce7c3b32e6413ce07e36e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab25a3efcfd84d075a7ba082098b9f3d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b59151b2c22c903027d84a3e3751f65b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c4ae847fa2b8e4a9ff3c9c3946b38ab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20d0ba7a0ce7c3b32e6413ce07e36e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18ec6d600c422fa1787fd01537615bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b59151b2c22c903027d84a3e3751f65b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/121b52d04af7bd2855968d87ceeb5b08.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20d0ba7a0ce7c3b32e6413ce07e36e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c31cba8ec6f4c7cf14e4232de95431ee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b59151b2c22c903027d84a3e3751f65b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44a33532e989d4e301ce25cad53c12d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>