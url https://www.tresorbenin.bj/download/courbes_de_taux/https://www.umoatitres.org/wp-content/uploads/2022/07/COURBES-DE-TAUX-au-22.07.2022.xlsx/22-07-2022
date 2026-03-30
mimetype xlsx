--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ffce5474a0454c88840fd857cd6018.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f770f6910026025398e3a394e8c691dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685c71fc8cfc2751e8850e1881273ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2808f4960ba2421976ab05ed34704d4d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ffce5474a0454c88840fd857cd6018.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7853eb9df8047c88bd1040cf02666b02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685c71fc8cfc2751e8850e1881273ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387ad02826e6a47a3b452f9e4b665372.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ffce5474a0454c88840fd857cd6018.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62ddf6a2ee6a3e0d9389e702ad81568e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685c71fc8cfc2751e8850e1881273ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e54c1cd4b7dc33fa73c1b4916d5ed964.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ffce5474a0454c88840fd857cd6018.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a8739531496c699094a36c57dea259f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685c71fc8cfc2751e8850e1881273ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16a5aa89c4fd244011c9de96df5a5acb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ffce5474a0454c88840fd857cd6018.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b61ad84f59911e34c6d84b5f8349aef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685c71fc8cfc2751e8850e1881273ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcd468f64b7054a2bf02b8b338054008.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ffce5474a0454c88840fd857cd6018.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6ad58d5ba5b8743c195d919854398e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685c71fc8cfc2751e8850e1881273ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/720ed381fe9817ce441b7a3f1f9cb959.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ffce5474a0454c88840fd857cd6018.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb65296be5ce5bbccfa49cd87a3935c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685c71fc8cfc2751e8850e1881273ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5eb721e1175d57f921826cc553187d3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ffce5474a0454c88840fd857cd6018.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d845441c6a8c0d4e5a5a2c0043bfe5c7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685c71fc8cfc2751e8850e1881273ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdd8ced890fc339c3ffcbe45f922a10f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>