--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685c71fc8cfc2751e8850e1881273ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2808f4960ba2421976ab05ed34704d4d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed932f11e05851a839e88b32809a97d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d0e920bab7eef91051888aed195d3e7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685c71fc8cfc2751e8850e1881273ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387ad02826e6a47a3b452f9e4b665372.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed932f11e05851a839e88b32809a97d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cad3716389baa71bb3dd8bb18b6c5cc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685c71fc8cfc2751e8850e1881273ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e54c1cd4b7dc33fa73c1b4916d5ed964.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed932f11e05851a839e88b32809a97d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/881920d8619cd6490b2327d8c4f07510.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685c71fc8cfc2751e8850e1881273ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16a5aa89c4fd244011c9de96df5a5acb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed932f11e05851a839e88b32809a97d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ffbeb1772d4295e719332cfb5a01928.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685c71fc8cfc2751e8850e1881273ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcd468f64b7054a2bf02b8b338054008.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed932f11e05851a839e88b32809a97d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3568a5ad48818981dea394dc7d9bd92.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685c71fc8cfc2751e8850e1881273ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/720ed381fe9817ce441b7a3f1f9cb959.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed932f11e05851a839e88b32809a97d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2296db954d99a59e1b843addf3f74a6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685c71fc8cfc2751e8850e1881273ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5eb721e1175d57f921826cc553187d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed932f11e05851a839e88b32809a97d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0903039d6fe6258a8673f81252fb19e9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685c71fc8cfc2751e8850e1881273ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdd8ced890fc339c3ffcbe45f922a10f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed932f11e05851a839e88b32809a97d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1c8173ca52fb0e4c4cddcc391e3fe51.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>