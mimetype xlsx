--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48bfe6534759c75e73f9fd0d72225d08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4621117020f3f3a8ac3712b828608a43.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b177edbb449ad8222461fffb8123689.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aab53cc0f6561404625a75f35e731d53.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48bfe6534759c75e73f9fd0d72225d08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57a92c0ad49f9d0f113bcef167f5ff1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b177edbb449ad8222461fffb8123689.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97f45b8edda484596f0253fa5901206b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48bfe6534759c75e73f9fd0d72225d08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9631c45a3c6802c26b6826499868987f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b177edbb449ad8222461fffb8123689.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71a4e95f3c16d234def0f38c8b134114.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48bfe6534759c75e73f9fd0d72225d08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f0c43760fb4f4716c1a60bd569b164b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b177edbb449ad8222461fffb8123689.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b83d8ea9a317089dfedbdb6b7d3e6ff6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48bfe6534759c75e73f9fd0d72225d08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6064cffdd63e3daf0ca87847a78e8d37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b177edbb449ad8222461fffb8123689.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3769beda592c57cfc00e2a004b6425e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48bfe6534759c75e73f9fd0d72225d08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75590d597c04d42cfe33b54378c42854.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b177edbb449ad8222461fffb8123689.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74b5f3d3709a87b73170d999b849fa9c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48bfe6534759c75e73f9fd0d72225d08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b57e1136523a431cc6c0a84412d50a3e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b177edbb449ad8222461fffb8123689.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05043cff8acb86663ce5927ca7e6850e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48bfe6534759c75e73f9fd0d72225d08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc43356e27ce35ca5c71046ed165feec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b177edbb449ad8222461fffb8123689.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0968b87f5849d032528fa483547b0794.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>