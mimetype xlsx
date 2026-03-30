--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1014144d56e19ff8f53bfc84de16e73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/259378fc014cda393973816a2e4adb30.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811c7c1c77581f5a409feb6693d6816a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89598c0e5c5a40bb0906258a29255ddc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1014144d56e19ff8f53bfc84de16e73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4ca836b3fa1735a875def389ccdb71e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811c7c1c77581f5a409feb6693d6816a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d31ee4ba82d4c32d00ae619a28790002.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1014144d56e19ff8f53bfc84de16e73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b1a96d352dd8d67f9d8113738d84e5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811c7c1c77581f5a409feb6693d6816a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26417da476440c6e1366f9a4d9dc354e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1014144d56e19ff8f53bfc84de16e73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df009c7b00ebbd886b5fe1fc3e0d3bf0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811c7c1c77581f5a409feb6693d6816a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69cdcbd38ef454af5a7266e24d41351e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1014144d56e19ff8f53bfc84de16e73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02194e77763584fa5e7477fc93811a59.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811c7c1c77581f5a409feb6693d6816a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8f5012954e8ea611b8e78357ddf4d2a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1014144d56e19ff8f53bfc84de16e73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/113b0f45dbd8af039f16c41e279cf301.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811c7c1c77581f5a409feb6693d6816a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fc51449b037c32a0c68949574fb3d43.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1014144d56e19ff8f53bfc84de16e73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb7d3c8ad1d708783f512c0f935821f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811c7c1c77581f5a409feb6693d6816a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebd0146533e080a874ac19ec61587aa1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1014144d56e19ff8f53bfc84de16e73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d4476eeace1703c08b86c59dcf1ce9d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811c7c1c77581f5a409feb6693d6816a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b54fec3311798475cebab4c0e31d4d9a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>