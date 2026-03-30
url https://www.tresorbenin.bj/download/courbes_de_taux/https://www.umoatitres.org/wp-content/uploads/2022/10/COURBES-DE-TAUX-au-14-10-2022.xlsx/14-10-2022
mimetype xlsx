--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d847b8ed5000051dc3f4ee6764840a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27c948d5bd4c5ea53c268d0c553daf52.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50e889ec1de8ea2f034761f773c401cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6bc0cd29a26c2c179b540cb27528990.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d847b8ed5000051dc3f4ee6764840a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79ddb7783ad3013a9f6e9d90860174f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50e889ec1de8ea2f034761f773c401cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d7272bb7245d0ce204d0872ee25afa0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d847b8ed5000051dc3f4ee6764840a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef31bb826f1bfb2eba2b75a1ca759dc1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50e889ec1de8ea2f034761f773c401cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45f8d766dbaa8b89afcf4171bb037c2e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d847b8ed5000051dc3f4ee6764840a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac0698b9280f641e0ff0bba90dabdb66.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50e889ec1de8ea2f034761f773c401cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88f1524a5410f05ea7318b608cde6cd1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d847b8ed5000051dc3f4ee6764840a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533c5767de02cb24e1bf56fb048f3ca3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50e889ec1de8ea2f034761f773c401cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cea57a87aa9c4283e045536d4549cb67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d847b8ed5000051dc3f4ee6764840a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42fc11d681292557fab4bec9506cc225.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50e889ec1de8ea2f034761f773c401cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b23929da1c6e294ab4522c232a2c669.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d847b8ed5000051dc3f4ee6764840a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23ee7c25717119ef6fd567411c54d96c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50e889ec1de8ea2f034761f773c401cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bc7868fa8cb7af9a329dfee099880e0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d847b8ed5000051dc3f4ee6764840a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08ce67c639fac2b19896681eb716367a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50e889ec1de8ea2f034761f773c401cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35e1320a1dec83168796ba9ccc90d3c1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>