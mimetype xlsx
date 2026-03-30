--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -695,79 +695,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="5" borderId="19" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="5" borderId="20" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb56f494175c53f28ac97a0b97f4913f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddbc3822938ca2d6dc163ae4e40f5099.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0bc9399022f31f5bd23064089480f6b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8f1075a9c797821798e4208543a752.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb56f494175c53f28ac97a0b97f4913f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf150f37127f688bdb3b1001a9267f62.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0bc9399022f31f5bd23064089480f6b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d53c446911c9509de365c105b6cbf6e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb56f494175c53f28ac97a0b97f4913f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9f94b778baa1f703a16541f77fd78d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0bc9399022f31f5bd23064089480f6b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d04296fdec05e3deb3fe84fda0afb4c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb56f494175c53f28ac97a0b97f4913f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/331fd16b757a89ed4544fe125145745f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0bc9399022f31f5bd23064089480f6b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8619b6a439ff92f88d35302110271dd1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb56f494175c53f28ac97a0b97f4913f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dd879e9b80993c04311482b67c3aea8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0bc9399022f31f5bd23064089480f6b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eaf7feb25d3689ad85b010f14920f08.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb56f494175c53f28ac97a0b97f4913f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b958af3dc906a0751bc80d854af01f58.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0bc9399022f31f5bd23064089480f6b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765e6cd3aee7119dedd551bca7a1b913.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb56f494175c53f28ac97a0b97f4913f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ceb0b95942a6d97d7dd1c5125f0450.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0bc9399022f31f5bd23064089480f6b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d54d995ced82c21ca2b7475e4d1ec2b5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb56f494175c53f28ac97a0b97f4913f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a99c01015dce83bfd33404915f597be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0bc9399022f31f5bd23064089480f6b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6fc2a8cb407d9d6c8e6264d8aacdd38.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 3" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>