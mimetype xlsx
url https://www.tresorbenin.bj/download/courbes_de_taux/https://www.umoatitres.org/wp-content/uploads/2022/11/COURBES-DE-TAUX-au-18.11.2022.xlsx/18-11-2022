--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430c5371698ad3d3c5d98c656dd7baff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b627784ed19d7a9690d047e304bf2127.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12262399d6914e766a84904ab6c39c98.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd300486461a78beb3e72e24367479e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430c5371698ad3d3c5d98c656dd7baff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1751cf531e7e109a6e2a2189579b374a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12262399d6914e766a84904ab6c39c98.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fec8962e21cc195427711e43ef7d9e7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430c5371698ad3d3c5d98c656dd7baff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/733abdb9e5084fe963813531fe5f7ca1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12262399d6914e766a84904ab6c39c98.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f127c1c2ff39cc1cd4e338a2de20ec19.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430c5371698ad3d3c5d98c656dd7baff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd04f84316301424c50264dff87b216.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12262399d6914e766a84904ab6c39c98.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37255eb70978dcb7eb341daf2c5ee46f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430c5371698ad3d3c5d98c656dd7baff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf51fde59366d493b6a69ce55d148370.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12262399d6914e766a84904ab6c39c98.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1435a09e6d66871cb8e98c4773b69b21.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430c5371698ad3d3c5d98c656dd7baff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/592afc045bb68b206580530c20dd0cfd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12262399d6914e766a84904ab6c39c98.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3758863ade4daf90bc5cbe226c78264.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430c5371698ad3d3c5d98c656dd7baff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d98cd6c0928d157bfb2298b119b95492.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12262399d6914e766a84904ab6c39c98.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3decdb9291eb795d66a32391eecca725.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430c5371698ad3d3c5d98c656dd7baff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1494c4c841544fe54acc22f587e2b8f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12262399d6914e766a84904ab6c39c98.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d72c9fb314511d0f90bed7cc746e4b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>