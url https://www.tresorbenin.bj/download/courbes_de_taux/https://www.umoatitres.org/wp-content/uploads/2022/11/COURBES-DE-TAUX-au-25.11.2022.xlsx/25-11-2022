--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06cfe86c2e7c106b11b9446c84f36ba6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09a94adc85f9e1c649016af79716b3f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caabe0094f9830e3eba2a72a1fbcc875.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a415cd58efa9cb9ffdc7bbb2ec51237.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06cfe86c2e7c106b11b9446c84f36ba6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2072737050228802c0c05a1e6ef9dc8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caabe0094f9830e3eba2a72a1fbcc875.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5045c8b3cc83f96e0550785dcd24db1b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06cfe86c2e7c106b11b9446c84f36ba6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c3427c9605bd1f10f3c79239e0d6da.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caabe0094f9830e3eba2a72a1fbcc875.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b887157bf3f066765d58b9e7e4a576e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06cfe86c2e7c106b11b9446c84f36ba6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0bfc1495662e9f05ad9b2bb173cbd8f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caabe0094f9830e3eba2a72a1fbcc875.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328c9483f7628c574160d1bdf13d19d8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06cfe86c2e7c106b11b9446c84f36ba6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ef492ca81006e3a6459c93888351630.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caabe0094f9830e3eba2a72a1fbcc875.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f22ceeaaf6c7b192ce21c225cce47b50.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06cfe86c2e7c106b11b9446c84f36ba6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9d4a976c0b7b3415fd788abd3148b25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caabe0094f9830e3eba2a72a1fbcc875.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02dc6101378a0b03778d27dcab8d939e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06cfe86c2e7c106b11b9446c84f36ba6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8018e435fe5cbdffc612f22ea0827609.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caabe0094f9830e3eba2a72a1fbcc875.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba56e0eec6088736ad7c879e9c3a4a32.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06cfe86c2e7c106b11b9446c84f36ba6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af1e12200324d21f00b21f3f69aaf55c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caabe0094f9830e3eba2a72a1fbcc875.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fab52c65b41ef0815c0eadeb663ff88.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>