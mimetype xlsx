--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e1570b30488e88334254f0c850f25c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22f5fff7be5840b95508798351f885df.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c612f477af2165acbc5760cb4cd59c1f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf8be9e16bf4b8c4d3a16fa92f21396f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e1570b30488e88334254f0c850f25c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43ef44a1b293ae126aab715df41201ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c612f477af2165acbc5760cb4cd59c1f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/386faee395a696f12cfce385892e44e4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e1570b30488e88334254f0c850f25c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2559d968ea82fdb8a74068ee7756ae7b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c612f477af2165acbc5760cb4cd59c1f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6abbf84d42b0ea7c2a87c75593556cc8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e1570b30488e88334254f0c850f25c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a370748e89b56fdf3cc73f0ea76825.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c612f477af2165acbc5760cb4cd59c1f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c492c5d6e08b7726f3fd11278e7f8053.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e1570b30488e88334254f0c850f25c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16786306e33b5c1f03e94011fdeaec8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c612f477af2165acbc5760cb4cd59c1f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68b1abc773e1caaba8473e80d3f20449.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e1570b30488e88334254f0c850f25c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6871549ef9d2bfcaaaf74dc7e09e2214.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c612f477af2165acbc5760cb4cd59c1f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09ed2c953300abf8a58e71bc38a6c813.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e1570b30488e88334254f0c850f25c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa2d4891b8c5d1ca91d868f77516cc1a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c612f477af2165acbc5760cb4cd59c1f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d15a162819980632fa1b5bd8744e99e9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e1570b30488e88334254f0c850f25c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a15127ddf994acad29360a0a3a5e7a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c612f477af2165acbc5760cb4cd59c1f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efb016e0cabd4f64e85e45da14427223.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>