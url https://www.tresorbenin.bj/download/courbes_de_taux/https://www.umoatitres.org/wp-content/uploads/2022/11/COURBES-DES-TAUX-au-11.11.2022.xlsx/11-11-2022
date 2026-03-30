--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c612f477af2165acbc5760cb4cd59c1f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf8be9e16bf4b8c4d3a16fa92f21396f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c179e2d8cbca5c0a797d4555d32aeec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df1bdb36ae4cd36ee61d8af1a1da8634.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c612f477af2165acbc5760cb4cd59c1f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/386faee395a696f12cfce385892e44e4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c179e2d8cbca5c0a797d4555d32aeec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a758acb492f8823c887a4ebaf3c43cb5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c612f477af2165acbc5760cb4cd59c1f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6abbf84d42b0ea7c2a87c75593556cc8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c179e2d8cbca5c0a797d4555d32aeec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd56b1d96a518f38179961c9c463fa6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c612f477af2165acbc5760cb4cd59c1f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c492c5d6e08b7726f3fd11278e7f8053.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c179e2d8cbca5c0a797d4555d32aeec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a23274281321c1d49a29d776560c69c0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c612f477af2165acbc5760cb4cd59c1f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68b1abc773e1caaba8473e80d3f20449.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c179e2d8cbca5c0a797d4555d32aeec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d792bcdfb39e531ab86c6e7bb423e2d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c612f477af2165acbc5760cb4cd59c1f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09ed2c953300abf8a58e71bc38a6c813.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c179e2d8cbca5c0a797d4555d32aeec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9356bc06805cd658c8aa15ffe925f533.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c612f477af2165acbc5760cb4cd59c1f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d15a162819980632fa1b5bd8744e99e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c179e2d8cbca5c0a797d4555d32aeec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b3eac6e583108e3edea542be8602259.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c612f477af2165acbc5760cb4cd59c1f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efb016e0cabd4f64e85e45da14427223.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c179e2d8cbca5c0a797d4555d32aeec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df240c0b48370fc5b270896b6be7cfd4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>