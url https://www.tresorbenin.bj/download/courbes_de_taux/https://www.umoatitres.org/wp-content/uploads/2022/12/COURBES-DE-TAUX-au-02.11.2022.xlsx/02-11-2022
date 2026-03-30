--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d425b685719c6ec1fd4e8c87a0a300de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97e63c7c0815f7f21b0460ab5d4abb2a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a34796a6c5a5a5b125b45094af06f6e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c793a78f347abc2d9ed0294b812e2d7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d425b685719c6ec1fd4e8c87a0a300de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a734c890dc26a349e66253bb2f3fdb9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a34796a6c5a5a5b125b45094af06f6e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f40bb294481314413549e1bf4db32e30.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d425b685719c6ec1fd4e8c87a0a300de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/143ad34ac1ac8915891f0b9e704d5ad3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a34796a6c5a5a5b125b45094af06f6e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26a34d5f52887bb5eb5acacb47cd7a50.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d425b685719c6ec1fd4e8c87a0a300de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/827f2a6a7eb6629669678b22b5b2008a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a34796a6c5a5a5b125b45094af06f6e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac7119e188f57ced27469019ac9e1613.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d425b685719c6ec1fd4e8c87a0a300de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a440f738ee393235559c96e1f06f156d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a34796a6c5a5a5b125b45094af06f6e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7a6aa5ba23f138935768ad8ee6838a2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d425b685719c6ec1fd4e8c87a0a300de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff7843943bb791a847205a27b2f53da3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a34796a6c5a5a5b125b45094af06f6e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcbbaec16d40224874db6fed3345930e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d425b685719c6ec1fd4e8c87a0a300de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bde9725116d9259acd4648eeb14e46b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a34796a6c5a5a5b125b45094af06f6e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2de4c4bf0ac604dcaac01c4afe865968.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d425b685719c6ec1fd4e8c87a0a300de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec355e2a069b4696f513d65309b6b26b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a34796a6c5a5a5b125b45094af06f6e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca7bd7d527cb41575a465fd837f61b98.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>