--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e790cf7b0676fc2a874a92335805f18a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5757bb4e2ff3a0d8f17b691ebe165efa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/629ac4236eaeaaa325fcbc56fac8df77.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c51af488e14a44da310d79c2f09c91.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e790cf7b0676fc2a874a92335805f18a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ca616b2f3b5e7f8b98963615b4832dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/629ac4236eaeaaa325fcbc56fac8df77.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40590f041946ee065892f1cb0dc15986.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e790cf7b0676fc2a874a92335805f18a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e485d338b784138a4c366fad4a8c246.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/629ac4236eaeaaa325fcbc56fac8df77.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/150399f6837a4da4071c42af4fe74a9c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e790cf7b0676fc2a874a92335805f18a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d7b4a7d1e14878dafa9b62d675832e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/629ac4236eaeaaa325fcbc56fac8df77.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d93d51d96025d6f77c1bfe7d13d4245c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e790cf7b0676fc2a874a92335805f18a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e8bfd02ceb60b7753a4accce724652a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/629ac4236eaeaaa325fcbc56fac8df77.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60bc01e995284e3b83916a2baa87073a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e790cf7b0676fc2a874a92335805f18a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdc40bebc676c631b6d3f5908468bc14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/629ac4236eaeaaa325fcbc56fac8df77.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9288d14726ce2d38ea468ba2bb39a3f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e790cf7b0676fc2a874a92335805f18a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c2ee349e3357645025686b4f3c511df.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/629ac4236eaeaaa325fcbc56fac8df77.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55166a59cf20b81cfdb541c19b9b92cc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e790cf7b0676fc2a874a92335805f18a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e742641d4b5cb0ea8168a2cde7d2a091.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/629ac4236eaeaaa325fcbc56fac8df77.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1fe74b888e354613c55b5f911935e8e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>